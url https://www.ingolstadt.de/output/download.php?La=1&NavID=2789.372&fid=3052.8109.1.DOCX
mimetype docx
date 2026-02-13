--- v0 (2025-12-08)
+++ v1 (2026-02-13)
@@ -6,168 +6,168 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="11057" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="247"/>
         <w:gridCol w:w="1427"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B54FF0" w:rsidTr="00CD2264">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="337CF0C1" w14:textId="77777777" w:rsidTr="00CD2264">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="5C3D5685" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10810" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="382D0DF3" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bitte vollständig ausfüllen! (Daten bitte dem letzten Beihilfebescheid entnehmen.) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D294F" w:rsidTr="000774EF">
+      <w:tr w:rsidR="007D294F" w14:paraId="16E23821" w14:textId="77777777" w:rsidTr="000774EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007D294F" w:rsidRDefault="007D294F">
+          <w:p w14:paraId="5B2CEEE8" w14:textId="77777777" w:rsidR="007D294F" w:rsidRDefault="007D294F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1427" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D294F" w:rsidRDefault="007D294F">
+          <w:p w14:paraId="65D62F78" w14:textId="77777777" w:rsidR="007D294F" w:rsidRDefault="007D294F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Beihilfenummer</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007D294F" w:rsidRPr="00AA7C16" w:rsidRDefault="000774EF">
+          <w:p w14:paraId="64E7EBBA" w14:textId="77777777" w:rsidR="007D294F" w:rsidRPr="00AA7C16" w:rsidRDefault="000774EF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA7C16">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Behilfenummer"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:helpText w:type="text" w:val="Schreibweise bitte identisch mit der der Bezügemittelung."/>
                   <w:statusText w:type="text" w:val="Familienname"/>
                   <w:textInput>
                     <w:maxLength w:val="9"/>
                   </w:textInput>
@@ -238,69 +238,69 @@
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7C16">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6123" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D294F" w:rsidRDefault="007D294F">
+          <w:p w14:paraId="304B364F" w14:textId="77777777" w:rsidR="007D294F" w:rsidRDefault="007D294F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Beihilfeberechtigte/-r, Witwe/Witwer (Name, Vorname) = Antragsteller/-in</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007D294F" w:rsidRDefault="000774EF">
+          <w:p w14:paraId="506F3237" w14:textId="77777777" w:rsidR="007D294F" w:rsidRDefault="000774EF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA7C16">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Familienname"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:helpText w:type="text" w:val="Schreibweise bitte identisch mit der der Bezügemittelung."/>
                   <w:statusText w:type="text" w:val="Familienname"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                   </w:textInput>
                 </w:ffData>
@@ -474,69 +474,69 @@
             <w:r w:rsidRPr="00AA7C16">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA7C16">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D294F" w:rsidRDefault="007D294F">
+          <w:p w14:paraId="54E646B0" w14:textId="77777777" w:rsidR="007D294F" w:rsidRDefault="007D294F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Geburtsdatum</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007D294F" w:rsidRDefault="000774EF">
+          <w:p w14:paraId="2132BE8F" w14:textId="77777777" w:rsidR="007D294F" w:rsidRDefault="000774EF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text78"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
@@ -596,69 +596,69 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007D294F" w:rsidRDefault="000774EF" w:rsidP="000774EF">
+          <w:p w14:paraId="32C527A7" w14:textId="77777777" w:rsidR="007D294F" w:rsidRDefault="000774EF" w:rsidP="000774EF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Telefon dienstl./privat</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000774EF" w:rsidRDefault="000774EF" w:rsidP="000774EF">
+          <w:p w14:paraId="508EF1E1" w14:textId="77777777" w:rsidR="000774EF" w:rsidRDefault="000774EF" w:rsidP="000774EF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Geben Sie bitte eine Telefonnummer an, über der Sie erreichbar sind. Handynummer ist ebenso in Ordnung."/>
                   <w:statusText w:type="text" w:val="Telefon"/>
                   <w:textInput>
                     <w:maxLength w:val="14"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -711,99 +711,99 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000774EF" w:rsidTr="00FC732A">
+      <w:tr w:rsidR="000774EF" w14:paraId="34A41EDB" w14:textId="77777777" w:rsidTr="00FC732A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000774EF" w:rsidRDefault="000774EF">
+          <w:p w14:paraId="7F901955" w14:textId="77777777" w:rsidR="000774EF" w:rsidRDefault="000774EF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2588" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000774EF" w:rsidRDefault="000774EF">
+          <w:p w14:paraId="5628DFCB" w14:textId="77777777" w:rsidR="000774EF" w:rsidRDefault="000774EF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Dienstherr/Arbeitgeber</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000774EF" w:rsidRDefault="00AF758E">
+          <w:p w14:paraId="791E49C8" w14:textId="77777777" w:rsidR="000774EF" w:rsidRDefault="00AF758E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dienstherr"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Aktiv Bedienstete tragen hier bitte den Namen ihrer aktuellen Dienststelle ein,&#10;Versorgungsempfänger den Namen der Pensionsfestsetzungsstelle (i.d.R. Bezirksfinanzdirektion xy)"/>
                   <w:statusText w:type="text" w:val="Dienstelle / Pensionfestsetzungsstelle"/>
                   <w:textInput>
                     <w:maxLength w:val="21"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -861,220 +861,218 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000774EF" w:rsidRDefault="000774EF">
+          <w:p w14:paraId="1A017219" w14:textId="77777777" w:rsidR="000774EF" w:rsidRDefault="000774EF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:right="608"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Dienststelle</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000774EF" w:rsidRPr="00AA7C16" w:rsidRDefault="00AF758E">
+          <w:p w14:paraId="4482E70C" w14:textId="77777777" w:rsidR="000774EF" w:rsidRPr="00AA7C16" w:rsidRDefault="00AF758E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:right="608"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dienststelle"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:helpText w:type="text" w:val="Schreibweise bitte identisch mit der der Bezügemittelung."/>
                   <w:statusText w:type="text" w:val="Familienname"/>
                   <w:textInput>
                     <w:maxLength w:val="31"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Dienststelle"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="_GoBack"/>
-[...40 lines deleted...]
-            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:color w:val="000080"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:color w:val="000080"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:color w:val="000080"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:color w:val="000080"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:noProof/>
+                <w:color w:val="000080"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="000774EF" w:rsidRDefault="000774EF">
+          <w:p w14:paraId="6CE69983" w14:textId="77777777" w:rsidR="000774EF" w:rsidRDefault="000774EF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000774EF" w:rsidRPr="00AA7C16" w:rsidRDefault="00AF758E">
+          <w:p w14:paraId="659C34D8" w14:textId="77777777" w:rsidR="000774EF" w:rsidRPr="00AA7C16" w:rsidRDefault="00AF758E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="EMail"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:helpText w:type="text" w:val="Schreibweise bitte identisch mit der der Bezügemittelung."/>
                   <w:statusText w:type="text" w:val="Familienname"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="EMail"/>
+            <w:bookmarkStart w:id="6" w:name="EMail"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
@@ -1098,161 +1096,161 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54FF0" w:rsidTr="00CD2264">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="085B10F7" w14:textId="77777777" w:rsidTr="00CD2264">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="17408FFA" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="22E02A30" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10810" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="0CBF280A" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sie sind:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B54FF0" w:rsidRPr="00682D4F" w:rsidRDefault="007A4E2D" w:rsidP="00682D4F">
+          <w:p w14:paraId="1C6FCEBE" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRPr="00682D4F" w:rsidRDefault="007A4E2D" w:rsidP="00682D4F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Kontrollkästchen108"/>
+            <w:bookmarkStart w:id="7" w:name="Kontrollkästchen108"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Beamt</w:t>
             </w:r>
             <w:r w:rsidR="00A63822">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1272,57 +1270,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Beamt</w:t>
             </w:r>
             <w:r w:rsidR="00A63822">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -1353,51 +1351,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> in Elternzeit von </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Datum_von"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Datum_von"/>
+            <w:bookmarkStart w:id="8" w:name="Datum_von"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1430,81 +1428,81 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   bis </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Datum_bis"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Datum_bis"/>
+            <w:bookmarkStart w:id="9" w:name="Datum_bis"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1537,107 +1535,107 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00A63822">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anwärt</w:t>
             </w:r>
             <w:r w:rsidR="00A63822">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -1777,57 +1775,57 @@
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r w:rsidR="00682D4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Versorgungsempfänger</w:t>
             </w:r>
             <w:r w:rsidR="00A63822">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -1922,51 +1920,51 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AF758E">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AF758E">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+    <w:p w14:paraId="28A68137" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Stadt </w:t>
       </w:r>
       <w:r w:rsidR="00A63822">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1981,51 +1979,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">      Kurzantrag auf Beihilfe (Beamte/Versorg.empf.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="00A63822">
+    <w:p w14:paraId="16B7D846" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00A63822">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beihilfestelle</w:t>
       </w:r>
       <w:r w:rsidR="002958A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2039,72 +2037,72 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002958A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="002958A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">      in Krankheits-, Pflege- </w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="os_autosavelastposition8683054"/>
+      <w:bookmarkStart w:id="10" w:name="os_autosavelastposition8683054"/>
       <w:r w:rsidR="002958A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">und </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="002958A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Geburtsfällen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+    <w:p w14:paraId="25F0BF3C" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>81534 München</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2119,51 +2117,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">      nach der Bayer. Beihilfeverordnung (BayBhV)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+    <w:p w14:paraId="1FE5376B" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2195,836 +2193,827 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>Hinweis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+    <w:p w14:paraId="378BB673" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                          Die Datenerhebung erfolgt aufgrund Art. 96 des Bayer. Beamtengesetzes und </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+    <w:p w14:paraId="05E3248F" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                          der Tarifverträge über die Gewährung von Beihilfen an Beschäftigte.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+    <w:p w14:paraId="75FE4010" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+    <w:p w14:paraId="35EC95E8" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   Bitte füllen Sie den Kurzantrag vollständig aus und beachten Sie die Hinweise auf der Zusammenstellung!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+    <w:p w14:paraId="503FB4EE" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10773" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="10348"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="6EBE93A0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="370CEB86" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="05B43E16" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Sind die Aufwendungen durch eine Verletzung oder einen Unfall entstanden? </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="696DAD23" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="203265D3" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="48791D81" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bitte Langantrag verwenden!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+    <w:p w14:paraId="2F97F84C" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10773" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="4820"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="61BA15B2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="741D5A9E" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="252A4587" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Werden Aufwendungen für Ehegatten/Lebenspartner geltend gemacht? Dann bitte ausfüllen!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="6F436339" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="3ADF3CB5" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="2128CCF0" w14:textId="7DF1358B" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Überstiegen die Einkünfte (§2 Abs. 3 EStG) Ihres Ehegatten/ Lebenspartners im </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>zweiten Kalenderjahr</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">vor Stellung des Beihilfeantrags den Betrag von </w:t>
             </w:r>
-            <w:r w:rsidR="003E1D32">
+            <w:r w:rsidR="00C552C9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F93074">
+              <w:t>22.648</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>1.832</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> Euro?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00682D4F">
+          <w:p w14:paraId="354ADD38" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00682D4F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Nein            </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
-[...8 lines deleted...]
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="14157281" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15D68B71" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="62B039F4" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Werden die Einkünfte im laufenden Kalenderjahr diesen Betrag voraussichtlich übersteigen?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00682D4F">
+          <w:p w14:paraId="1DAC1F8F" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00682D4F">
             <w:pPr>
               <w:spacing w:before="260"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Nein           </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+    <w:p w14:paraId="07427D58" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10773" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="02608491" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="1CCF415C" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="560B163A" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Werden Aufwendungen für einen stationären Krankenhausaufenthalt geltend gemacht?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="03E9A493" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="4BCA6BD1" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00682D4F">
+          <w:p w14:paraId="2F971329" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00682D4F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3034,133 +3023,133 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="51C6DB65" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Dabei wurden ärztliche Wahlleistungen (Chefarzt) in Anspruch genommen:   </w:t>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r w:rsidR="00682D4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3170,240 +3159,240 @@
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r w:rsidR="00682D4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="54DB80D1" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bitte der Klinikrechnung die Wahlleistungsvereinbarung beilegen!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+    <w:p w14:paraId="355B5C4B" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10773" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="10348"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="1464A24B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="0CF06844" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="7DDCA2F6" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Werden Aufwendungen geltend gemacht, für die die Krankenversicherung Leistungen ausgeschlossen hat?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="568251E8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="73B2D283" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00682D4F">
+          <w:p w14:paraId="2E42DF6E" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00682D4F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3413,57 +3402,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja, siehe Belegnummer </w:t>
             </w:r>
             <w:r w:rsidR="009B2619">
               <w:rPr>
                 <w:b/>
                 <w:i/>
@@ -3567,168 +3556,168 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="002958A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(bitte Versicherungsunterlagen beilegen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+    <w:p w14:paraId="608D0E0A" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10773" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="5174"/>
         <w:gridCol w:w="5174"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="08CBE31E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="1E6090E4" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="79A34CF2" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Im Familienzuschlag berücksichtigungsfähige Kinder</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="090E9443" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="10D4AB7A" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="49C315ED" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="30" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.Kind (Vorname, ggf. Familienname, Geburtsdatum) = K1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00AF758E">
+          <w:p w14:paraId="5C2CFE30" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00AF758E">
             <w:pPr>
               <w:spacing w:before="30" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3783,69 +3772,69 @@
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="45205027" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="30" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2.Kind (Vorname, ggf. Familienname, Geburtsdatum) = K2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00035854" w:rsidRDefault="009B2619">
+          <w:p w14:paraId="03AFC469" w14:textId="77777777" w:rsidR="00035854" w:rsidRDefault="009B2619">
             <w:pPr>
               <w:spacing w:before="30" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3897,90 +3886,90 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="192F531D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="0F5A96F3" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="215D9C21" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="30" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3.Kind (Vorname, ggf. Familienname, Geburtsdatum) = K3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00682D4F" w:rsidRDefault="009B2619">
+          <w:p w14:paraId="1F3B6C24" w14:textId="77777777" w:rsidR="00682D4F" w:rsidRDefault="009B2619">
             <w:pPr>
               <w:spacing w:before="30" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4035,69 +4024,69 @@
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5174" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="45B065DD" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="30" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4.Kind (Vorname, ggf. Familienname, Geburtsdatum) = K4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="009B2619">
+          <w:p w14:paraId="1B409F63" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="009B2619">
             <w:pPr>
               <w:spacing w:before="30" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4150,85 +4139,85 @@
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+    <w:p w14:paraId="47943136" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="11031" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11031"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="643E0DCA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="1B30CEDE" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ich versichere nach bestem Wissen die Vollständigkeit und Richtigkeit meiner Angaben und erkläre hiermit, dass ich zu den geltend gemachten Aufwen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -4307,125 +4296,125 @@
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. Dies gilt auch für den Fall, dass die Angaben über die Höhe der Einkünfte des Ehegatten/Lebenspartners unzutreffend sind oder durch eine spätere Festsetzung durch das Finanzamt </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>unzutreffend werden</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="3A7CE3DB" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Ich bin damit einverstanden, dass </w:t>
             </w:r>
             <w:r w:rsidR="0037082E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>die Beihilfestelle der Stadt Ingolstadt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> bei gebührenrechtlichen und medizinischen Fragen einen Beratungsarzt hinzuziehen kann (ggf. streichen).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="67DE137F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11031" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+          <w:p w14:paraId="3BA3F84B" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ort, Datum, Unterschrift der/des Beihilfeberechtigten</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00DD6DB5">
+          <w:p w14:paraId="1C791D08" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00DD6DB5">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4475,77 +4464,77 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="6D5B6FD4" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="26CFB7EC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11031" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="002155E9" w:rsidRDefault="002958A8" w:rsidP="00D45AF7">
+          <w:p w14:paraId="4D9ED62A" w14:textId="77777777" w:rsidR="002155E9" w:rsidRDefault="002958A8" w:rsidP="00D45AF7">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bei Vertretung: Unterschrift </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>der Vertreterin / des Vertreters</w:t>
             </w:r>
@@ -4577,270 +4566,270 @@
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r w:rsidR="00682D4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> liegt vor           </w:t>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F93074">
-[...5 lines deleted...]
-            <w:r w:rsidR="00F93074">
+            <w:r w:rsidR="00682D4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00682D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> liegt bei</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B54FF0" w:rsidRPr="002155E9" w:rsidRDefault="00F93074" w:rsidP="00F93074">
+          <w:p w14:paraId="618AD9BB" w14:textId="6CE1B8C9" w:rsidR="00B54FF0" w:rsidRPr="002155E9" w:rsidRDefault="00C552C9" w:rsidP="00C552C9">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="8820"/>
+                <w:tab w:val="left" w:pos="8925"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="7CA709BD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11031" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="09CF9C2C" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B54FF0">
+      <w:tr w:rsidR="00B54FF0" w14:paraId="03C5E3FF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11031" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
+          <w:p w14:paraId="2F2D9BFC" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="00B54FF0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="00AB2EC7" w:rsidP="007808A0">
+    <w:p w14:paraId="59C8721F" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="00AB2EC7" w:rsidP="007808A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="007808A0" w:rsidRPr="007808A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Zusammenstellung der Aufwendungen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6583"/>
         <w:gridCol w:w="3606"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007808A0" w:rsidTr="00AB2EC7">
+      <w:tr w:rsidR="007808A0" w14:paraId="34927CC4" w14:textId="77777777" w:rsidTr="00AB2EC7">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6583" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
+          <w:p w14:paraId="79CEE9D9" w14:textId="77777777" w:rsidR="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Antragsteller/-in</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00035854" w:rsidRPr="007808A0" w:rsidRDefault="00DD6DB5" w:rsidP="00EA5587">
+          <w:p w14:paraId="11EE1AD4" w14:textId="77777777" w:rsidR="00035854" w:rsidRPr="007808A0" w:rsidRDefault="00DD6DB5" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="50"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -4894,68 +4883,68 @@
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3606" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
+          <w:p w14:paraId="7687E731" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Antrag vom </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="00DD6DB5" w:rsidP="00D45AF7">
+          <w:p w14:paraId="56BD3B22" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="00DD6DB5" w:rsidP="00D45AF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="960"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
@@ -5012,404 +5001,404 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007808A0" w:rsidTr="00AB2EC7">
+      <w:tr w:rsidR="007808A0" w14:paraId="38ABDF13" w14:textId="77777777" w:rsidTr="00AB2EC7">
         <w:trPr>
           <w:trHeight w:val="1635"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10189" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
+          <w:p w14:paraId="72C936E1" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Beachten Sie bitte folgende Hinweise:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="2C4B411D" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="60"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Antrag sollte aus abrechnungstechnischen Gründen maximal 15 Belege enthalten. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="5E0DB440" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="60"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Einträge und Belege bitte nach </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Personen </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>geordnet eintragen:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
+          <w:p w14:paraId="4EC8D65D" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                A= Antragsteller/-in     E= Ehegatte     L=Lebenspartner</w:t>
             </w:r>
             <w:r w:rsidR="007305B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/-in</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> nach dem Lebenspartnerschaftsgesetz     K=Kind </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="09D482D5" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ihre Daten werden auf Grundlage von Art. 5 Abs. 1 Europ. Datenschutzgrundverordnung i. V. m. Art. 4 Abs. 1 Bayer. Datenschutzgesetz nach geltendem Beihilferecht erhoben und sind für die Festsetzung der Beihilfe erforderlich</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. Nähere Informationen zu Ihren Rechten im Rahmen der Erhebung von personenbezogenen Daten finden Sie unter </w:t>
             </w:r>
             <w:r w:rsidR="002C3BF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ingolstadt.de.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+    <w:p w14:paraId="3499B07F" w14:textId="77777777" w:rsidR="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="529"/>
         <w:gridCol w:w="1253"/>
         <w:gridCol w:w="2527"/>
         <w:gridCol w:w="2781"/>
         <w:gridCol w:w="3116"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007808A0" w:rsidTr="00AB2EC7">
+      <w:tr w:rsidR="007808A0" w14:paraId="5E899CFD" w14:textId="77777777" w:rsidTr="00AB2EC7">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
+          <w:p w14:paraId="0714D4C0" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
+          <w:p w14:paraId="453290B5" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A, E, L, K</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
+          <w:p w14:paraId="3FE64A1E" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rechnungsdatum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
+          <w:p w14:paraId="00B63CFD" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Betrag in Euro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
+          <w:p w14:paraId="6A4E7273" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Erstattung gesetzl. Kasse / Zusatzkasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007808A0" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="007808A0" w14:paraId="10EB17E9" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
+          <w:p w14:paraId="60587AD6" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="00682D4F" w:rsidP="00EA5587">
+          <w:p w14:paraId="3D6D5748" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="00682D4F" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -5464,51 +5453,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="00682D4F" w:rsidP="00EA5587">
+          <w:p w14:paraId="26BA4272" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="00682D4F" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -5566,76 +5555,76 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="00682D4F" w:rsidP="00EA5587">
+          <w:p w14:paraId="5293C85C" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="00682D4F" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text96"/>
+            <w:bookmarkStart w:id="11" w:name="Text96"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
@@ -5659,59 +5648,59 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="00682D4F" w:rsidP="00EA5587">
+          <w:p w14:paraId="0A7A4D10" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="00682D4F" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -5762,83 +5751,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="592A3D0E" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="260108DB" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="10BD90C7" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -5893,51 +5882,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="5367E641" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -5995,51 +5984,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="53F91BC9" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -6094,51 +6083,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="16ABD580" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -6189,83 +6178,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="3FD96675" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="44752CB5" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="5E4107CD" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -6320,51 +6309,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="7FD51A76" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -6422,51 +6411,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="2D651CA6" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -6521,51 +6510,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="1B08E8D8" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -6616,83 +6605,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="5E64CABF" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="123C74FE" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="3460E9A0" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -6747,51 +6736,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="04EF5F31" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -6849,51 +6838,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="6E2399E3" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -6948,51 +6937,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="66D3976B" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -7043,83 +7032,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="7D7609E4" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="5BC2EA49" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="5FA2D7BF" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -7174,51 +7163,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="053BA371" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -7276,51 +7265,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="5BF9CC7D" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -7375,51 +7364,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="1926B838" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -7470,83 +7459,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="0CC2F83F" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="34666FF5" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="58E1D4DB" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -7601,51 +7590,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="6AAFC101" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -7703,51 +7692,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="738C2F55" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -7802,51 +7791,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="6400C644" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -7897,83 +7886,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="4CB23D34" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="2EBA3EB0" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="3A03A973" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -8028,51 +8017,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="39886D81" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -8130,51 +8119,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="41DDC7B4" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -8229,51 +8218,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="7443160F" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -8324,83 +8313,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="7CFF7F88" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="6CE2C230" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="5240A485" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -8455,51 +8444,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="14F4708A" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -8557,51 +8546,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="008E1908" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -8656,51 +8645,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="6662F28A" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -8751,83 +8740,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="4C190C4C" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="70CC832F" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="70D188CC" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -8882,51 +8871,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="3179FB83" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -8984,51 +8973,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="2FB29EBE" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -9083,51 +9072,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="7280A3CE" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -9178,83 +9167,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="2F3CFE0D" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="77F9A030" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="3E8356CF" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -9309,51 +9298,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="4FA62953" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -9411,51 +9400,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="348C4519" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -9510,51 +9499,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="044391CC" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -9605,83 +9594,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="6D357086" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="51EB0260" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="3FC70BEB" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -9736,51 +9725,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="5221178D" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -9838,51 +9827,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="5A916C9D" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -9937,51 +9926,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="1800AE8F" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -10032,83 +10021,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="0B7A6D01" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="362AB6F2" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="1FB93BE8" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -10163,51 +10152,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="203BEC87" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -10265,51 +10254,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="35EDC831" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -10364,51 +10353,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="7E25CEC6" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -10459,83 +10448,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="3BBFB4A8" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="72B48891" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="12E80E47" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -10590,51 +10579,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="6B7866F9" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -10692,51 +10681,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="05134C9B" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -10791,51 +10780,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="506E8A62" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -10886,83 +10875,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00682D4F">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="7D89A917" w14:textId="77777777" w:rsidTr="00682D4F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="44826FD1" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="5B087626" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -11017,51 +11006,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="6EA965BF" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -11119,51 +11108,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="73B13756" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -11218,51 +11207,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="70A4CE42" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -11313,83 +11302,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="00D45AF7">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="68006DAA" w14:textId="77777777" w:rsidTr="00D45AF7">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="2528E5F2" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="2D0A41DE" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -11444,51 +11433,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="7D8DAA07" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -11546,51 +11535,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="3EC0BA37" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -11645,51 +11634,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="02B4AA93" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -11740,84 +11729,84 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45AF7" w:rsidTr="004176B7">
+      <w:tr w:rsidR="00D45AF7" w14:paraId="5C81DDDC" w14:textId="77777777" w:rsidTr="004176B7">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4309" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="737C0FAA" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gesamtbetrag:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="7971D5BB" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Gesamtbetrag"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="calculated"/>
                     <w:default w:val="=SUMME(Über)"/>
                     <w:format w:val="#.##0,00"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -11876,51 +11865,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A76B47">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
+          <w:p w14:paraId="1F215335" w14:textId="77777777" w:rsidR="00D45AF7" w:rsidRPr="007808A0" w:rsidRDefault="00D45AF7" w:rsidP="00D45AF7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Gesamtbetrag"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="calculated"/>
                     <w:default w:val="=SUMME(Über)"/>
                     <w:format w:val="#.##0,00"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -11976,94 +11965,94 @@
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A76B47">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+    <w:p w14:paraId="7D29374E" w14:textId="77777777" w:rsidR="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidTr="00AB2EC7">
+      <w:tr w:rsidR="007808A0" w:rsidRPr="007808A0" w14:paraId="65DA3A3D" w14:textId="77777777" w:rsidTr="00AB2EC7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007808A0" w:rsidRPr="00D45AF7" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
+          <w:p w14:paraId="313BAB3D" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="00D45AF7" w:rsidRDefault="007808A0" w:rsidP="00EA5587">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Weitere Hinweise:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="59251F65" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Beihilfeunterlagen werden gemäß Art. 110 Abs. 2 Bayer. Beamtengesetz grundsätzlich nicht zurückgegeben</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -12084,90 +12073,90 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> ein. Schicken Sie uns bitte </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>keine Originalbelege</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> mehr, da alle Anträge, Mitteilungen und Belege unmittelbar nach dem Eingang in der Beihilfestelle elektronisch erfasst und anschließend datenschutzgerecht vernichtet werden. Bitte kopieren Sie nicht mehrere Belege (z. B. Rezepte) auf ein Blatt. Bitte beachten Sie, dass Informationen auf Belegrückseiten auch kopiert werden müssen. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="0032568A" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Behalten Sie </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>eine Ausfertigung der Belege</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> für Ihre privaten Unterlagen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="262E8E60" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bitte geben Sie bei Anträgen und weiteren Schreiben immer Ihre </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -12179,170 +12168,170 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> an. Bitte füllen Sie die Anträge möglichst </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>am Computer oder mit Schreibmaschine aus</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>. Handschriften sind nur schwer elektronisch lesbar und verlängern die Bearbeitungszeit durch die erforderlichen Nachbearbeitungen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="6318D317" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bitte verwenden Sie bei Anträgen </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ausschließlich die </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>aktuellen Vordrucke</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>. Sie können sie unter</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="4A66F5E4" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.ingolstadt.de/beihilfeleistungen</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> herunterladen bzw. bei der Beihilfestelle anfordern.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="6AF4122E" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Die gesamte in der Beihilfestelle der Stadt Ingolstadt eingehende Post wird nach dem Scannen datenschutzgerecht vernichtet. Sie bekommen die Belege und sonstigen Nachweise künftig also </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>nicht mehr zurück</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="306A4D32" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bitte </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -12354,251 +12343,251 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sie Ihre eingereichten Unterlagen </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>nicht</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> zusammen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="792052F3" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Verwenden Sie </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>keine Post-It oder andere Klebezettel</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> auf den Belegen. Erstellen Sie stattdessen einen Vermerk auf einem gesonderten DIN-A-4-Blatt.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="681B21AC" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Prüfen</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sie, ob alle notwendigen Belege (z. B. Verordnungen, Labo</w:t>
             </w:r>
             <w:r w:rsidR="008A0D0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>rechnungen etc.) Ihrem Antrag beiliegen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="73E7A4D0" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Prüfen</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sie, ob alle zur Erstattung eingereichten Belege in der Zusammenstellung des Antrags aufgelistet sind.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="18AABDE5" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Beachten Sie, dass der Antrag an der ausgewiesenen Stelle </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>unterschrieben</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> sein muss. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
+          <w:p w14:paraId="6943B741" w14:textId="77777777" w:rsidR="007808A0" w:rsidRPr="007808A0" w:rsidRDefault="007808A0" w:rsidP="007808A0">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Senden Sie bitte </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>keine frankierten Rückumschlage</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> mit, da die von Ihnen eingereichten Unterlagen nicht zurückgesandt werden können.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007808A0" w:rsidRPr="00B42F70" w:rsidRDefault="00B42F70" w:rsidP="00B42F70">
+    <w:p w14:paraId="7FF91923" w14:textId="4C24A2EA" w:rsidR="007808A0" w:rsidRPr="00B42F70" w:rsidRDefault="00B42F70" w:rsidP="00B42F70">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="00B42F70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">Seite </w:t>
       </w:r>
       <w:r w:rsidRPr="00B42F70">
         <w:rPr>
@@ -12608,51 +12597,51 @@
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00B42F70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00B42F70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F93074">
+      <w:r w:rsidR="000C5601">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00B42F70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B42F70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -12780,173 +12769,173 @@
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:tab/>
         <w:t>Stand: 0</w:t>
       </w:r>
       <w:r w:rsidR="002155E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="00F93074">
+      <w:r w:rsidR="00C552C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007808A0" w:rsidRPr="00B42F70">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+    <w:p w14:paraId="00092B18" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+    <w:p w14:paraId="3B7357C3" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0235B6EF" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">      Seite 3 von 3                    Beihilfeanträge finden Sie auch im Intranet oder unter </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>www.erlangen.de/beihilfecenter</w:t>
       </w:r>
@@ -12964,52 +12953,52 @@
       <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                    </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Stand: 01/2020</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6794ABE1" w14:textId="4D353315" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">      Seite 1 von 2                          </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -13043,161 +13032,169 @@
       </w:rPr>
       <w:t xml:space="preserve">                                          </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Stand: 0</w:t>
     </w:r>
     <w:r w:rsidR="002155E9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>/</w:t>
+      <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00F93074">
+    <w:r w:rsidR="00C552C9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00C552C9">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+    <w:p w14:paraId="2EC09389" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
+    <w:p w14:paraId="78C101B6" w14:textId="77777777" w:rsidR="00B54FF0" w:rsidRDefault="002958A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00AB2EC7" w:rsidRDefault="00B42F70">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="74814DEB" w14:textId="77777777" w:rsidR="00AB2EC7" w:rsidRDefault="00B42F70">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r w:rsidR="00CC6FA4" w:rsidRPr="00CC6FA4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t>BSG428</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00A63822" w:rsidRDefault="00D55554">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5DFC8895" w14:textId="488DE06F" w:rsidR="00A63822" w:rsidRDefault="00D55554">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r w:rsidR="00A63822" w:rsidRPr="00DE05DC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t>BSG428</w:t>
     </w:r>
     <w:r w:rsidR="00A63822">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00A63822">
       <w:tab/>
       <w:t>Antragsformular gültig ab 0</w:t>
     </w:r>
     <w:r w:rsidR="00E861B7">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00A63822">
       <w:t>.0</w:t>
     </w:r>
     <w:r w:rsidR="00E861B7">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00A63822">
-      <w:t>.20</w:t>
+      <w:t>.202</w:t>
     </w:r>
-    <w:r w:rsidR="00F93074">
-      <w:t>25</w:t>
+    <w:r w:rsidR="00C552C9">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="177170E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1756C110"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13763,201 +13760,203 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2015916136">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2070374818">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="252402476">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="484471322">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="724371800">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="43675836">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="bAPdzPhAtqEoiSnqmOAVfqZVjJXDOXwPSL9gZbUgb5f8Th8YmGDlaZrNe4AHFXck38mY9AmKnfNctlLfZQGHLA==" w:salt="A6s8ebEkXydpZ9UP4/4QeA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="RFFIVk+g++M7pyPpNNGXXySEFUCxCa1oxZ0j+uLfE1eUlG1Z2OjE17J4k4e12sP8tdyIIdsgjkfUnNFpWteWHA==" w:salt="A9axFoLeDJdfKD8eYd+bDA=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="53249"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="os_autosavelastposition8479047" w:val="3395"/>
     <w:docVar w:name="os_autosavelastposition8683054" w:val="591"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00B54FF0"/>
     <w:rsid w:val="0000595D"/>
     <w:rsid w:val="00034249"/>
     <w:rsid w:val="00035854"/>
     <w:rsid w:val="000674B4"/>
     <w:rsid w:val="000774EF"/>
+    <w:rsid w:val="000C5601"/>
+    <w:rsid w:val="00165F7B"/>
     <w:rsid w:val="002155E9"/>
     <w:rsid w:val="002958A8"/>
     <w:rsid w:val="002C3BF9"/>
     <w:rsid w:val="0032572B"/>
     <w:rsid w:val="0037082E"/>
     <w:rsid w:val="003E1D32"/>
     <w:rsid w:val="004176B7"/>
     <w:rsid w:val="004D55E1"/>
     <w:rsid w:val="00517B73"/>
     <w:rsid w:val="00682D4F"/>
     <w:rsid w:val="007305B4"/>
     <w:rsid w:val="007808A0"/>
     <w:rsid w:val="007A2120"/>
     <w:rsid w:val="007A4E2D"/>
     <w:rsid w:val="007D294F"/>
     <w:rsid w:val="00886ACF"/>
     <w:rsid w:val="008A0D0F"/>
     <w:rsid w:val="008E777E"/>
     <w:rsid w:val="009B2619"/>
     <w:rsid w:val="00A63822"/>
     <w:rsid w:val="00A76B47"/>
     <w:rsid w:val="00AA7C16"/>
     <w:rsid w:val="00AB2EC7"/>
     <w:rsid w:val="00AC2990"/>
     <w:rsid w:val="00AF758E"/>
     <w:rsid w:val="00B24C96"/>
     <w:rsid w:val="00B42F70"/>
     <w:rsid w:val="00B54FF0"/>
     <w:rsid w:val="00BD345A"/>
     <w:rsid w:val="00C018BA"/>
+    <w:rsid w:val="00C552C9"/>
     <w:rsid w:val="00CC6FA4"/>
     <w:rsid w:val="00CD2264"/>
     <w:rsid w:val="00D45AF7"/>
     <w:rsid w:val="00D55554"/>
     <w:rsid w:val="00D73212"/>
     <w:rsid w:val="00DD6DB5"/>
     <w:rsid w:val="00DE05DC"/>
     <w:rsid w:val="00E15736"/>
     <w:rsid w:val="00E861B7"/>
     <w:rsid w:val="00F00F52"/>
-    <w:rsid w:val="00F93074"/>
     <w:rsid w:val="00FB3964"/>
     <w:rsid w:val="00FC732A"/>
     <w:rsid w:val="00FD062E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="53249"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="309711F5"/>
+  <w14:docId w14:val="7467B63B"/>
   <w15:docId w15:val="{74412251-E24A-40E6-8A06-AFBCEA849787}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -14289,50 +14288,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
@@ -14649,51 +14649,51 @@
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E861B7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="60715132">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="192351867">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15011,51 +15011,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{231C83F8-09D7-4291-A5C3-F132900171E0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C50EAF38-E25B-483C-8EF0-463B465B0080}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>1232</Words>
   <Characters>7762</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>64</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
@@ -15086,27 +15086,51 @@
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="OS_LastSave">
     <vt:lpwstr>7/20/2020 3:56:07 PM</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="OS_LastSaveUser">
     <vt:lpwstr>ER-P-AMT113A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="OS_LastDocumentSaved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MustSave">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="OS_LastOpenTime">
     <vt:lpwstr>7/20/2020 2:59:28 PM</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="OS_LastOpenUser">
     <vt:lpwstr>ER-P-AMT113A</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SetDate">
+    <vt:lpwstr>2025-12-08T10:13:56Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SiteId">
+    <vt:lpwstr>a2acdfe0-4417-4e26-a152-967d8010c95f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ActionId">
+    <vt:lpwstr>4d773f04-dbc2-46d5-b428-91ee32a03f9c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>