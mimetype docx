--- v0 (2025-12-08)
+++ v1 (2026-02-13)
@@ -7,171 +7,171 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="11057" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="1307"/>
         <w:gridCol w:w="158"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="3301"/>
         <w:gridCol w:w="952"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="549"/>
         <w:gridCol w:w="1861"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00686A39" w:rsidTr="00F35F87">
+      <w:tr w:rsidR="00686A39" w14:paraId="3918EFC6" w14:textId="77777777" w:rsidTr="00F35F87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="145B044D" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10821" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="02C0CA2E" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bitte vollständig ausfüllen! (Daten bitte dem letzten Beihilfebescheid entnehmen.) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35F87" w:rsidTr="003F0D75">
+      <w:tr w:rsidR="00F35F87" w14:paraId="4BB008CE" w14:textId="77777777" w:rsidTr="003F0D75">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F35F87" w:rsidRDefault="00F35F87">
+          <w:p w14:paraId="0CB34717" w14:textId="77777777" w:rsidR="00F35F87" w:rsidRDefault="00F35F87">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F35F87" w:rsidRDefault="00F35F87">
+          <w:p w14:paraId="54BB04C3" w14:textId="77777777" w:rsidR="00F35F87" w:rsidRDefault="00F35F87">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Beihilfenummer </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F35F87" w:rsidRDefault="00073829">
+          <w:p w14:paraId="25B28AA7" w14:textId="77777777" w:rsidR="00F35F87" w:rsidRDefault="00073829">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Behilfenummer"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:helpText w:type="text" w:val="Schreibweise bitte identisch mit der der Bezügemittelung."/>
                   <w:statusText w:type="text" w:val="Familienname"/>
                   <w:textInput>
                     <w:maxLength w:val="9"/>
                   </w:textInput>
                 </w:ffData>
@@ -240,69 +240,69 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00F35F87" w:rsidRDefault="00F35F87" w:rsidP="00EA362C">
+          <w:p w14:paraId="4D7DEC07" w14:textId="77777777" w:rsidR="00F35F87" w:rsidRDefault="00F35F87" w:rsidP="00EA362C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Beihilfeberechtigte/-r (Name, Vorname) = Antragsteller/-in</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F35F87" w:rsidRDefault="00CB4451" w:rsidP="00EA362C">
+          <w:p w14:paraId="72D4ADB2" w14:textId="77777777" w:rsidR="00F35F87" w:rsidRDefault="00CB4451" w:rsidP="00EA362C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Familienname"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:helpText w:type="text" w:val="Schreibweise bitte identisch mit der der Bezügemittelung."/>
                   <w:statusText w:type="text" w:val="Familienname"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                   </w:textInput>
                 </w:ffData>
@@ -484,69 +484,69 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F35F87" w:rsidRDefault="00F35F87">
+          <w:p w14:paraId="641867BE" w14:textId="77777777" w:rsidR="00F35F87" w:rsidRDefault="00F35F87">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Geburtsdatum</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F35F87" w:rsidRDefault="00CB4451">
+          <w:p w14:paraId="1750DB63" w14:textId="77777777" w:rsidR="00F35F87" w:rsidRDefault="00CB4451">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text78"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
@@ -607,69 +607,69 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F35F87" w:rsidRDefault="00F35F87">
+          <w:p w14:paraId="13FD2601" w14:textId="77777777" w:rsidR="00F35F87" w:rsidRDefault="00F35F87">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Dienstherr/Arbeitgeber</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F35F87" w:rsidRDefault="00CB4451">
+          <w:p w14:paraId="71A7C150" w14:textId="77777777" w:rsidR="00F35F87" w:rsidRDefault="00CB4451">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dienstherr"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Aktiv Bedienstete tragen hier bitte den Namen ihrer aktuellen Dienststelle ein,&#10;Versorgungsempfänger den Namen der Pensionsfestsetzungsstelle (i.d.R. Bezirksfinanzdirektion xy)"/>
                   <w:statusText w:type="text" w:val="Dienstelle / Pensionfestsetzungsstelle"/>
                   <w:textInput>
                     <w:maxLength w:val="21"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -724,99 +724,99 @@
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39" w:rsidTr="001C18CE">
+      <w:tr w:rsidR="00686A39" w14:paraId="5F28333F" w14:textId="77777777" w:rsidTr="001C18CE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="3B4EB2A9" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="5528BF7B" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Telefon dienstlich</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C407FF" w:rsidRDefault="00CB4451">
+          <w:p w14:paraId="1746B378" w14:textId="77777777" w:rsidR="00C407FF" w:rsidRDefault="00CB4451">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Geben Sie bitte eine Telefonnummer an, über der Sie erreichbar sind. Handynummer ist ebenso in Ordnung."/>
                   <w:statusText w:type="text" w:val="Telefon"/>
                   <w:textInput>
                     <w:maxLength w:val="11"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -872,69 +872,69 @@
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="0E5FB7A5" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Telefon privat</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C407FF" w:rsidRDefault="00CB4451">
+          <w:p w14:paraId="0914FF80" w14:textId="77777777" w:rsidR="00C407FF" w:rsidRDefault="00CB4451">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Geben Sie bitte eine Telefonnummer an, über der Sie erreichbar sind. Handynummer ist ebenso in Ordnung."/>
                   <w:statusText w:type="text" w:val="Telefon"/>
                   <w:textInput>
                     <w:maxLength w:val="14"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -991,70 +991,70 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="059A7AB7" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:right="608"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>E-Mail-Adresse</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRPr="001F0789" w:rsidRDefault="00CB4451">
+          <w:p w14:paraId="12626E37" w14:textId="77777777" w:rsidR="00686A39" w:rsidRPr="001F0789" w:rsidRDefault="00CB4451">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:right="608"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F0789">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="EMail"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Schreibweise bitte identisch mit der der Bezügemittelung."/>
                   <w:statusText w:type="text" w:val="Familienname"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
@@ -1114,68 +1114,68 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F0789">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F0789">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="0007761D" w:rsidRDefault="00C6764C" w:rsidP="0007761D">
+          <w:p w14:paraId="652ADC24" w14:textId="77777777" w:rsidR="0007761D" w:rsidRDefault="00C6764C" w:rsidP="0007761D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Dienststelle</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD0633" w:rsidRPr="001F0789" w:rsidRDefault="00CB4451" w:rsidP="001C18CE">
+          <w:p w14:paraId="384C38B4" w14:textId="77777777" w:rsidR="00CD0633" w:rsidRPr="001F0789" w:rsidRDefault="00CB4451" w:rsidP="001C18CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F0789">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dienststelle"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Schreibweise bitte identisch mit der der Bezügemittelung."/>
                   <w:statusText w:type="text" w:val="Familienname"/>
                   <w:textInput>
                     <w:maxLength w:val="31"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1229,109 +1229,109 @@
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00741AE9" w:rsidRPr="001F0789">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F0789">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39" w:rsidTr="00F35F87">
+      <w:tr w:rsidR="00686A39" w14:paraId="4B9E5B59" w14:textId="77777777" w:rsidTr="00F35F87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="2442DA45" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10821" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CD0633" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="33BC4F80" w14:textId="77777777" w:rsidR="00CD0633" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Privata</w:t>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="os_autosavelastposition8479047"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>nschrift (bitte nur beim ersten Antrag oder bei Änderungen angeben.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0007761D" w:rsidRPr="0007761D" w:rsidRDefault="00CB4451">
+          <w:p w14:paraId="5A42B172" w14:textId="77777777" w:rsidR="0007761D" w:rsidRPr="0007761D" w:rsidRDefault="00CB4451">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text77"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1385,81 +1385,81 @@
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39" w:rsidTr="00F35F87">
+      <w:tr w:rsidR="00686A39" w14:paraId="3FA9FA6F" w14:textId="77777777" w:rsidTr="00F35F87">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="1523459E" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8960" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="0532818A" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bei erstmaliger Antragstellung von Witwen</w:t>
             </w:r>
             <w:r w:rsidR="00BB2D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
@@ -1473,51 +1473,51 @@
             <w:r w:rsidR="00BB2D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>verstorbenen Ehe</w:t>
             </w:r>
             <w:r w:rsidR="00BB2D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>gatten</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD0633" w:rsidRDefault="00CB4451">
+          <w:p w14:paraId="7DA03504" w14:textId="77777777" w:rsidR="00CD0633" w:rsidRDefault="00CB4451">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="50"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1572,69 +1572,69 @@
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1861" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="061EC8E7" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sterbedatum</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C407FF" w:rsidRDefault="006D44BC">
+          <w:p w14:paraId="660DEF80" w14:textId="77777777" w:rsidR="00C407FF" w:rsidRDefault="006D44BC">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Sterbedatum"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
@@ -1692,51 +1692,51 @@
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001C18CE">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+    <w:p w14:paraId="76F9549B" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Stadt </w:t>
       </w:r>
       <w:r w:rsidR="00BB2D2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1777,51 +1777,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">       Antrag auf Beihilfen </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00686A39" w:rsidRDefault="00BB2D2A">
+    <w:p w14:paraId="562FA7CE" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00BB2D2A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beihilfestelle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1835,51 +1835,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C6764C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C6764C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">       in Krankheits-, Pflege- und Geburtsfällen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+    <w:p w14:paraId="7D458072" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">81534 München </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1893,370 +1893,370 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">       nach der Bayer. Beihilfeverordnung (BayBhV)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+    <w:p w14:paraId="6E5D83DB" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                           Hinweis: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+    <w:p w14:paraId="14985EE0" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                           Die Datenerhebung erfolgt aufgrund Art. 96 des Bayer. Beamtengesetzes und </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+    <w:p w14:paraId="347C63A9" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                           der Tarifverträge über die Gewährung von Beihilfen an Beschäftigte.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="11031" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="333"/>
         <w:gridCol w:w="768"/>
         <w:gridCol w:w="1416"/>
         <w:gridCol w:w="143"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="1182"/>
         <w:gridCol w:w="1454"/>
         <w:gridCol w:w="247"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="3977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="1D258E65" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="23080B49" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="06A5AE8A" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sind die Aufwendungen durch eine Verletzung oder einen Unfall entstanden?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="4F2D0813" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="44D47D40" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2184" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="002719A0">
+          <w:p w14:paraId="26D5E1CF" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="002719A0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Kontrollkästchen108"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nein</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="764488B4" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="3E3D5EAC" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="002719A0">
+          <w:p w14:paraId="5365BAEF" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="002719A0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen107"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Kontrollkästchen107"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
@@ -2348,71 +2348,71 @@
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CB4451">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CB4451">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="00C1437C" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45304394" wp14:editId="679D5C81">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1704735</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>22617</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1061888" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="24130" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Gerade Verbindung 1"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1061888" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                             </wps:spPr>
@@ -2434,421 +2434,421 @@
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="2F572E68" id="Gerade Verbindung 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="134.25pt,1.8pt" to="217.85pt,1.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgaal7sgEAALYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2z3UARGnB5atJdh&#10;C/Z1VyQqFqovUGrs/PtRSuIO2zAMwy60KL1H8pH05m52lh0Bkwl+4N2q5Qy8DMr4w8C/fnl8t+Ys&#10;ZeGVsMHDwE+Q+N327ZvNFHu4CWOwCpBREJ/6KQ58zDn2TZPkCE6kVYjg6VEHdCKTi4dGoZgourPN&#10;TdveNlNAFTFISIluH86PfFvjaw0yf9Q6QWZ24FRbrhar3RfbbDeiP6CIo5GXMsQ/VOGE8ZR0CfUg&#10;smAvaH4J5YzEkILOKxlcE7Q2EqoGUtO1P6n5PIoIVQs1J8WlTen/hZUfjjtkRtHsOPPC0YieAIUC&#10;9g1wb7x68QfWlTZNMfWEvvc7vHgp7rBonjW68iU1bK6tPS2thTkzSZdde9ut17QM8vrWvBIjpvwE&#10;wbFyGLg1vqgWvTi+T5mSEfQKIacUck5dT/lkoYCt/wSalJRklV13CO4tsqOg6avnKoNiVWShaGPt&#10;Qmr/TLpgCw3qXv0tcUHXjMHnheiMD/i7rHm+lqrP+Kvqs9Yiex/UqQ6itoOWo3bpsshl+370K/31&#10;d9t+BwAA//8DAFBLAwQUAAYACAAAACEAW+AbGtwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyO&#10;TU+EMBRF9yb+h+aZuHOKMw4QpEyMHytdILpw+YY+gQx9JbQD6K+3zkaXN/fm3JPvFtOLiUbXWVZw&#10;vYpAENdWd9woeH97ukpBOI+ssbdMCr7Iwa44P8sx03bmV5oq34gAYZehgtb7IZPS1S0ZdCs7EIfu&#10;044GfYhjI/WIc4CbXq6jKJYGOw4PLQ5031J9qI5GQfL4XJXD/PDyXcpEluVkfXr4UOryYrm7BeFp&#10;8X9j+NUP6lAEp709snaiV7CO022YKtjEIEJ/s9kmIPanLItc/vcvfgAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCgaal7sgEAALYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBb4Bsa3AAAAAcBAAAPAAAAAAAAAAAAAAAAAAwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" strokecolor="black [3040]"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">        sind entstanden durch:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="1146ABAA" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="00776266">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00776266">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="00776266">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00776266">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00776266">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  Dienstunfall             </w:t>
             </w:r>
             <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="002719A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  Berufskrankheit</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="5F345466" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="00776266">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00776266">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="00776266">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00776266">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00776266">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  Arbeitsunfall            </w:t>
             </w:r>
             <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="002719A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  Freizeitunfall</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="7596C8DF" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="002719A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  Schulunfall              </w:t>
             </w:r>
             <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="002719A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002719A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  ein sonstiges, schädigendes Ereignis</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="34A50641" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Unfalltag: </w:t>
             </w:r>
             <w:r w:rsidR="002719A0" w:rsidRPr="000026DF">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Unfalltag"/>
@@ -2926,223 +2926,223 @@
             </w:r>
             <w:r w:rsidR="002719A0" w:rsidRPr="000026DF">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="002719A0" w:rsidRPr="000026DF">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="39EDAD2D" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Bestehen deswegen Schadensersatzansprüche?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="6E196EB6" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="002719A0">
+          <w:p w14:paraId="60B93460" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="002719A0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     Nein</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="3C1B353F" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000026DF" w:rsidRDefault="002719A0">
+          <w:p w14:paraId="7AD67AB7" w14:textId="77777777" w:rsidR="000026DF" w:rsidRDefault="002719A0">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     Ja, gegenüber: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRPr="000026DF" w:rsidRDefault="00073829">
+          <w:p w14:paraId="112EAD9A" w14:textId="77777777" w:rsidR="00686A39" w:rsidRPr="000026DF" w:rsidRDefault="00073829">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
@@ -3203,832 +3203,830 @@
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001C1DDF">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="46C6AECF" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="2F2A41B8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="0D9BA8AE" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRPr="00582F67" w:rsidRDefault="00C6764C" w:rsidP="000026DF">
+          <w:p w14:paraId="27A2E4A4" w14:textId="77777777" w:rsidR="00686A39" w:rsidRPr="00582F67" w:rsidRDefault="00C6764C" w:rsidP="000026DF">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Unfallschilderung</w:t>
             </w:r>
             <w:r w:rsidR="00D02E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (bitte ausführliche Unfallschilderung beifügen)!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="417E5B81" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="0327F708" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="2F3C9073" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Werden Aufwendungen für </w:t>
             </w:r>
             <w:r w:rsidR="003725BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ehegatten/Lebenspartner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> geltend gemacht? Dann bitte ausfüllen!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="61823C19" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="27893889" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5729" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="564A9CFC" w14:textId="7AEA4ED6" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Überstiegen die Einkünfte (§2 Abs. 3 EStG) Ihres</w:t>
             </w:r>
             <w:r w:rsidR="003725BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ehegatten/Lebenspartners</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> im </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">zweiten Kalenderjahr vor Stellung des Beihilfeantrags </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>den Betrag von 2</w:t>
-[...7 lines deleted...]
-              <w:t>1.832</w:t>
+              <w:t xml:space="preserve">den Betrag von </w:t>
+            </w:r>
+            <w:r w:rsidR="00381F36">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>22.648</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> €?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="14" w:name="_GoBack"/>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00B364B5">
+          <w:p w14:paraId="077558C0" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00B364B5">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     Nein                         </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4969" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="3BDA7220" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Werden die Einkünfte im </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">laufenden Kalenderjahr </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>diesen Betrag voraussichtlich übersteigen?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00B364B5">
+          <w:p w14:paraId="46590E31" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00B364B5">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     Nein                                   </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">    Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="45F48294" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="5C48842A" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="65032D7A" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Werden Aufwendungen für einen stationären Krankenhausaufenthalt geltend gemacht?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="498DF5B3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="504238C3" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2846" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00B364B5">
+          <w:p w14:paraId="1788783E" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00B364B5">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     Nein                         </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     Ja</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="6979AF79" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7852" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="7C4DA3B3" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:ind w:left="4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Dabei wurden ärztliche </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Wahlleistungen</w:t>
@@ -4044,346 +4042,346 @@
             <w:r w:rsidR="00B364B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00B364B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="00B364B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B364B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B364B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     Ja                         </w:t>
             </w:r>
             <w:r w:rsidR="00B364B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00B364B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="00B364B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B364B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B364B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     Nein         </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bitte der Klinikrechnung die Wahlleistungsvereinbarung beilegen!</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">                            </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="572B1916" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="6617AE9D" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="3592AE07" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Werden Aufwendungen geltend gemacht, für die die Krankenversicherung Leistungen ausgeschlossen hat?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="23D99098" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="2B6E32F7" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00B364B5">
+          <w:p w14:paraId="3DA5FCA1" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00B364B5">
             <w:pPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     Nein                         </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     Ja, siehe Belegnummer </w:t>
             </w:r>
             <w:r w:rsidR="008E4470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
@@ -4495,286 +4493,286 @@
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">   (</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Bitte Versicherungsunterlagen beilegen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="6571672B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="6C8CE478" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="7425B3D8" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="64EBDB21" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1088"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="4A8FC6A5" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="08C4829C" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bei </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>erstmaliger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Antragstellung:                                Bitte alle Fragen beantworten (auch bei erstmaliger Antragstellung für Angehörige</w:t>
             </w:r>
             <w:r w:rsidR="008277E3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="75D345E7" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bei </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>wiederholter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Antragstellung:                              Haben sich Änderungen bei den nachfolgenden Fragen gegenüber den Angaben im letzten </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="452DA7B4" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                   Antrag auf Beihilfe ergeben?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="038776BE" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00D4603E">
+          <w:p w14:paraId="7EE2FC09" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00D4603E">
             <w:pPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Nein</w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
@@ -4785,276 +4783,276 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Ja</w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">                                      </w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bitte Änderung bei der jeweiligen Frage angeben!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="0FED6CE0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="4742768D" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="5BCAD8D6" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="44626EA7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="22768CC4" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="3903084E" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Angaben zur/zum Beihilfeberechtigten = A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="6D3C1617" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="0F3BE01A" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5871" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="0710FA59" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Familienstand (bitte vollständiges Datum angeben):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4827" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="3160E4F3" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Name, Vorname und</w:t>
             </w:r>
             <w:r w:rsidR="003725BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -5073,229 +5071,229 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003725BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>des Ehegatten/Lebenspartners</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39" w:rsidTr="002E30DB">
+      <w:tr w:rsidR="00686A39" w14:paraId="1C8DB1D4" w14:textId="77777777" w:rsidTr="002E30DB">
         <w:trPr>
           <w:trHeight w:val="578"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="35286C10" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="768" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="6AC67774" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  ledig</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D4603E" w:rsidRPr="00D4603E" w:rsidRDefault="00D4603E">
+          <w:p w14:paraId="5AE18E95" w14:textId="77777777" w:rsidR="00D4603E" w:rsidRPr="00D4603E" w:rsidRDefault="00D4603E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="1A27C445" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>verheiratet seit:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00717E56" w:rsidRDefault="00D4603E" w:rsidP="00D4603E">
+          <w:p w14:paraId="02A15241" w14:textId="77777777" w:rsidR="00717E56" w:rsidRDefault="00D4603E" w:rsidP="00D4603E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
@@ -5367,109 +5365,109 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="01DD2A29" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>geschieden seit:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00717E56" w:rsidRDefault="00D4603E">
+          <w:p w14:paraId="1CA71043" w14:textId="77777777" w:rsidR="00717E56" w:rsidRDefault="00D4603E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
@@ -5544,109 +5542,109 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="502788A4" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>verwitwet seit:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRPr="008F514A" w:rsidRDefault="00D4603E">
+          <w:p w14:paraId="17B1D785" w14:textId="77777777" w:rsidR="00686A39" w:rsidRPr="008F514A" w:rsidRDefault="00D4603E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00484BB5">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
@@ -5720,51 +5718,51 @@
             <w:r w:rsidR="00484BB5">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00484BB5">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4827" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRPr="00D4603E" w:rsidRDefault="008E4470">
+          <w:p w14:paraId="1CA5B7ED" w14:textId="77777777" w:rsidR="00686A39" w:rsidRPr="00D4603E" w:rsidRDefault="008E4470">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="50"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -5816,86 +5814,86 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="0AA26E73" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="02EBC45F" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="29D92663" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Hat oder hatte</w:t>
             </w:r>
             <w:r w:rsidR="003725BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ihr</w:t>
             </w:r>
             <w:r>
@@ -5932,194 +5930,194 @@
             </w:r>
             <w:r w:rsidR="00915E60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00915E60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="00915E60">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00915E60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00915E60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">    Nein       </w:t>
             </w:r>
             <w:r w:rsidR="00915E60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00915E60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="00915E60">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00915E60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00915E60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E67F75">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja (bitte Frage </w:t>
             </w:r>
             <w:r w:rsidR="00102092">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> vollständig ausfüllen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39" w:rsidTr="00582F67">
+      <w:tr w:rsidR="00686A39" w14:paraId="70C1637D" w14:textId="77777777" w:rsidTr="00582F67">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="1473EB07" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRPr="00582F67" w:rsidRDefault="00C6764C" w:rsidP="00582F67">
+          <w:p w14:paraId="3E0C1654" w14:textId="77777777" w:rsidR="00686A39" w:rsidRPr="00582F67" w:rsidRDefault="00C6764C" w:rsidP="00582F67">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Sind Sie </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>anderweitig beihilfeberechtigt</w:t>
             </w:r>
@@ -6159,57 +6157,57 @@
             <w:r w:rsidR="00582F67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00582F67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="00582F67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00582F67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00582F67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -6228,270 +6226,270 @@
             <w:r w:rsidR="00582F67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00582F67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="00582F67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00582F67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00582F67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="02F5EDDA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="46129D7C" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10698" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="53306740" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Beschäftigungsverhältnis des Beihilfeberechtigten:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="174570E4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="618"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="2FB27161" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00D4603E">
+          <w:p w14:paraId="6BB45E05" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00D4603E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Anwärter</w:t>
             </w:r>
             <w:r w:rsidR="00B974D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>in/Anwärter</w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="0187D71D" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">         bis:</w:t>
             </w:r>
             <w:r w:rsidR="00F53C50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F53C50">
@@ -6560,278 +6558,278 @@
             </w:r>
             <w:r w:rsidR="00F53C50">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F53C50">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F53C50">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00D4603E">
+          <w:p w14:paraId="53541939" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00D4603E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Beamtin</w:t>
             </w:r>
             <w:r w:rsidR="00B974D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/Beamter</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00D4603E">
+          <w:p w14:paraId="5C58878F" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00D4603E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Beschäftigte</w:t>
             </w:r>
             <w:r w:rsidR="00B974D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/Beschäftigter</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00D4603E">
+          <w:p w14:paraId="4B5554D0" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00D4603E">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Altersteilzeit</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="23A37D91" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">         Freistellungsphase ab:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="0025433B">
+          <w:p w14:paraId="5214DA86" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="0025433B">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
@@ -6896,122 +6894,122 @@
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2872" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="0025433B">
+          <w:p w14:paraId="05101F06" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="0025433B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>vollbeschäftigt seit:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00484BB5">
+          <w:p w14:paraId="5682E293" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00484BB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -7063,113 +7061,113 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="0025433B">
+          <w:p w14:paraId="763B007C" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="0025433B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     teilzeitbeschäftigt seit:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="005373EC">
+          <w:p w14:paraId="508E8224" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="005373EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -7221,139 +7219,139 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="0025433B">
+          <w:p w14:paraId="06238AE7" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="0025433B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Arbeitszeit (Stunden):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="005373EC">
+          <w:p w14:paraId="1C948202" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="005373EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Datum"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Datum"/>
+            <w:bookmarkStart w:id="14" w:name="Datum"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
@@ -7377,116 +7375,116 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00686A39" w:rsidRDefault="0025433B">
+            <w:bookmarkEnd w:id="14"/>
+          </w:p>
+          <w:p w14:paraId="084C4226" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="0025433B">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     befristet beschäftigt bis:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0025433B" w:rsidRDefault="005373EC">
+          <w:p w14:paraId="709260DA" w14:textId="77777777" w:rsidR="0025433B" w:rsidRDefault="005373EC">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
@@ -7548,90 +7546,90 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5216" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="0025433B">
+          <w:p w14:paraId="3A9A7C1D" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="0025433B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -7721,60 +7719,60 @@
             </w:r>
             <w:r w:rsidR="00484BB5">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00484BB5">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00484BB5">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
-[...8 lines deleted...]
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="5398342F" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1116CC23" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r w:rsidR="0025433B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7858,255 +7856,255 @@
             </w:r>
             <w:r w:rsidR="00484BB5">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00484BB5">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00484BB5">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
-[...8 lines deleted...]
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="32A2251F" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1176D7E7" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">         (Bitte Bescheinigung beifügen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="0A688CFD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="5E08A89A" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="0D390A9E" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2872" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="60590DBD" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5216" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="5370EA4B" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0025433B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0025433B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="0025433B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0025433B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0025433B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ohne Dienstbezüge beurlaubt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> ab/seit:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
-[...8 lines deleted...]
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="2DD928E5" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F02B75F" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">        Dauer der Beurlaubung bis:</w:t>
             </w:r>
             <w:r w:rsidR="00582F67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00484BB5">
               <w:rPr>
@@ -8174,244 +8172,271 @@
             </w:r>
             <w:r w:rsidR="00484BB5">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00484BB5">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00484BB5">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
-[...8 lines deleted...]
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="2641C414" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="440C03D0" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">        (Bitte Bescheinigung beifügen.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
-[...8 lines deleted...]
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="1BFB2685" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D017BA2" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">        Bitte unter Ziffer 1</w:t>
             </w:r>
             <w:r w:rsidR="00F2145D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> die Krankenkasse und die Art der   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
-[...4 lines deleted...]
-                <w:szCs w:val="14"/>
+          <w:p w14:paraId="4EB26FC5" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">        Versicherung in der Zeit der Beurlaubung angeben!</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="1D6FF162" w14:textId="77777777" w:rsidR="00CB692A" w:rsidRDefault="00CB692A" w:rsidP="00CB692A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CF0BBFD" w14:textId="6A8BFD6A" w:rsidR="00CB692A" w:rsidRPr="00CB692A" w:rsidRDefault="00CB692A" w:rsidP="00CB692A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3915"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="5CD965A7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="67F5829A" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5482" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="0025433B">
+          <w:p w14:paraId="50A02CBB" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="0025433B">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ich bin ausgeschieden (Ruhestand, Rente) seit:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00484BB5">
+          <w:p w14:paraId="2BE0D328" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00484BB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -8494,57 +8519,57 @@
             <w:r w:rsidR="0025433B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="0025433B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="0025433B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0025433B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0025433B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -8555,100 +8580,100 @@
             <w:r w:rsidR="00B974D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00811192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00B974D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
-[...8 lines deleted...]
-          <w:p w:rsidR="00686A39" w:rsidRDefault="0025433B">
+          <w:p w14:paraId="6B117B79" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18BAB7E9" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="0025433B">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -8670,231 +8695,231 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00B974D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5216" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="4E2E2F4C" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00937325" w:rsidRPr="00C707C0" w:rsidRDefault="00937325" w:rsidP="00C707C0">
+    <w:p w14:paraId="1B1D98DA" w14:textId="77777777" w:rsidR="00CB692A" w:rsidRPr="00CB692A" w:rsidRDefault="00CB692A" w:rsidP="00CB692A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00937325" w:rsidRPr="00C707C0" w:rsidSect="00FD7E5C">
+        <w:sectPr w:rsidR="00CB692A" w:rsidRPr="00CB692A" w:rsidSect="00FD7E5C">
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:headerReference w:type="first" r:id="rId10"/>
           <w:footerReference w:type="first" r:id="rId11"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="680" w:right="567" w:bottom="680" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="11031" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="411"/>
         <w:gridCol w:w="1823"/>
         <w:gridCol w:w="1923"/>
         <w:gridCol w:w="204"/>
         <w:gridCol w:w="964"/>
         <w:gridCol w:w="170"/>
         <w:gridCol w:w="761"/>
         <w:gridCol w:w="372"/>
         <w:gridCol w:w="808"/>
         <w:gridCol w:w="184"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="9"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="40CB5703" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="597DAD39" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20" w:afterLines="40" w:after="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="456B4F3B" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bankverbindung </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(Die Beihilfe wird grundsätzlich auf das Bezügekonto überwiesen):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="4C1D7A87" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="53D5D9FE" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="4E18BF30" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Geldinstitut:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="008E4470">
+          <w:p w14:paraId="266B6D14" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="008E4470">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -8955,68 +8980,68 @@
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="02446D8A" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>IBAN:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="008E4470">
+          <w:p w14:paraId="162AEF5F" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="008E4470">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="22"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -9077,68 +9102,68 @@
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="082DD7C0" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>BIC:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA362C" w:rsidRDefault="008E4470">
+          <w:p w14:paraId="61BA88C3" w14:textId="77777777" w:rsidR="00EA362C" w:rsidRDefault="008E4470">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="11"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -9190,179 +9215,179 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="1969F099" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="21F27725" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20" w:afterLines="40" w:after="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="6DD181B5" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Im Familienzuschlag berücksichtigungsfähige Kinder</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="16AFE264" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="103FCA2B" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="7A3B8A04" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1. Kind (Vorname, ggf. Familienname, Geburtsdatum) =</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> K1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="0045269F">
+          <w:p w14:paraId="592AB6B5" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="0045269F">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9420,96 +9445,96 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5706" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="56B03650" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Kind (Vorname, ggf. Familienname, Geburtsdatum) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>= K3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRPr="003557C9" w:rsidRDefault="0045269F">
+          <w:p w14:paraId="41207EDE" w14:textId="77777777" w:rsidR="00686A39" w:rsidRPr="003557C9" w:rsidRDefault="0045269F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -9561,114 +9586,114 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="2A9E3455" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="748CE4B3" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="5C2EA714" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Kind (Vorname, ggf. Familienname, Geburtsdatum) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>= K2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="0045269F">
+          <w:p w14:paraId="04CC9471" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="0045269F">
             <w:pPr>
               <w:spacing w:before="20" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -9727,79 +9752,79 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5706" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="3767754A" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Kind (Vorname, ggf. Familienname, Geburtsdatum) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>= K4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRPr="003557C9" w:rsidRDefault="0045269F">
+          <w:p w14:paraId="170B613E" w14:textId="77777777" w:rsidR="00686A39" w:rsidRPr="003557C9" w:rsidRDefault="0045269F">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -9851,86 +9876,86 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="44D4808E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="124A6C2F" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20" w:afterLines="40" w:after="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="4C250F9B" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Sind Kinder seit </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>der letzten Antragstellung</w:t>
             </w:r>
@@ -9940,130 +9965,130 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> aus dem Familienzuschlag </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>weggefallen bzw. wieder aufgenommen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> worden?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="41FF0D5D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="275499DC" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5845" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00AA6BD6" w:rsidP="00A17039">
+          <w:p w14:paraId="739F5154" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00AA6BD6" w:rsidP="00A17039">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1744"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Nein      </w:t>
             </w:r>
             <w:r w:rsidR="00A17039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -10098,80 +10123,80 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Ja, weggefallen seit:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="41FFFD80" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                                        </w:t>
             </w:r>
             <w:r w:rsidR="00A17039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -10185,116 +10210,116 @@
             <w:r w:rsidR="00AA6BD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00AA6BD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="00AA6BD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00AA6BD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA6BD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Ja, wiederaufgenommen seit:</w:t>
             </w:r>
             <w:r w:rsidR="00A17039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4775" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="14ACE641" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Name, Vorname des Kindes, Grund (ggf. Beiblatt verwenden)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRPr="003557C9" w:rsidRDefault="00400682">
+          <w:p w14:paraId="4809FB6B" w14:textId="77777777" w:rsidR="00686A39" w:rsidRPr="003557C9" w:rsidRDefault="00400682">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -10346,95 +10371,95 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="47B69878" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="70B08C4A" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20" w:afterLines="40" w:after="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="4002D51D" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="20" w:afterLines="40" w:after="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Hat oder hatte der </w:t>
             </w:r>
             <w:r w:rsidR="00330751">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ehegatte/Lebenspartner</w:t>
@@ -10465,126 +10490,126 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>eschiedene</w:t>
             </w:r>
             <w:r w:rsidR="00330751">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ehegatten/Lebenspartner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>) oder eines der vorgenannten Kinder in den letzten drei Jahren eine eigene Beihilfeberechtigung?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="0067752B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="430412C1" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00A17039">
+          <w:p w14:paraId="0E5043D1" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Nein                       </w:t>
             </w:r>
             <w:r w:rsidR="0060111F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -10603,110 +10628,110 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Ja, aus einem Beschäftigungsverhältnis als                   </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Beamt</w:t>
             </w:r>
             <w:r w:rsidR="00330751">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -10725,204 +10750,204 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   Beschäftigt</w:t>
             </w:r>
             <w:r w:rsidR="00330751">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>e/Beschäftigter</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="38466A44" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                                         </w:t>
             </w:r>
             <w:r w:rsidR="00A17039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A17039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A17039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="00A17039">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A17039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A17039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Ja, aus beamtenrechtlicher Versorgung (Pension)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="138EE171" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="1C06AA85" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="46C87720" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>wer (E, K1 …)?</w:t>
             </w:r>
             <w:r w:rsidR="00A17039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003C4DFB">
@@ -10990,905 +11015,903 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="003C4DFB">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="003C4DFB">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="1849A8B7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="6B6B6538" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="40" w:after="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="121705E4" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="40" w:after="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Wird Beihilfe zur Pflege beantragt? </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="63A10647" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="5CDA2063" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00A17039">
+          <w:p w14:paraId="371960BD" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Nein                         </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Ja (Bitte fügen Sie die entsprechenden </w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nachweise der Pflegekasse/-versicherung</w:t>
             </w:r>
             <w:r w:rsidR="00C6764C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> bei!)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="55D87945" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="337AC6E8" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="40" w:after="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="082D8874" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60" w:afterLines="40" w:after="96"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Welcher Krankenversicherungsschutz besteht für Sie und Ihre Angehörigen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00686A39">
+      <w:tr w:rsidR="00686A39" w14:paraId="48FBE768" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="6CB12F92" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="647AD645" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Personen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="577AF400" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>P R I V A T</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3259" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="22EF8329" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>G E S E T Z L I C H</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="59878998" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>(z.B. AOK, Betriebs-/Ersatzkasse)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          </w:tcPr>
+          <w:p w14:paraId="3FB673EB" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Zusatzversicherung</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="5589E732" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(Art?)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1143" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          </w:tcPr>
+          <w:p w14:paraId="2677476D" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Nicht versichert</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02BF0">
+      <w:tr w:rsidR="00F02BF0" w14:paraId="4DC07730" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="02E94D36" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="4B43CE95" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="03590C4B" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Bei erstmaliger Antragstellung oder Änderung bitte V</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>ersicherungs-schein</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> beifügen!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="0A393B6B" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>pflicht-</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="50A924C1" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>versichert</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="03F3D263" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>freiwillig</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="3BDAE460" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>versichert</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="57780A7E" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">familien-    </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="333778E3" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>versichert</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="722572A1" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="21AB8659" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="4C4DC18C" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="5E07010F" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02BF0" w:rsidTr="00090361">
+      <w:tr w:rsidR="00F02BF0" w14:paraId="3443E630" w14:textId="77777777" w:rsidTr="00090361">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00686A39">
+          <w:p w14:paraId="6BA94500" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00686A39">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00C6764C">
+          <w:p w14:paraId="57C905AA" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00C6764C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Antragsteller</w:t>
             </w:r>
             <w:r w:rsidR="00811192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>/-</w:t>
             </w:r>
             <w:r>
@@ -11898,384 +11921,384 @@
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">in </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>= A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="55EB1D8D" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="37D99F69" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="32C55C48" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="58720787" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="2997A9ED" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00400682" w:rsidP="00A17039">
+          <w:p w14:paraId="3A5EA172" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00400682" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -12336,534 +12359,534 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00686A39" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="5B645CAB" w14:textId="77777777" w:rsidR="00686A39" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02BF0" w:rsidTr="00090361">
+      <w:tr w:rsidR="00F02BF0" w14:paraId="2B43E223" w14:textId="77777777" w:rsidTr="00090361">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="2BE27FA7" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="2B47F6B2" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Ehepartner/-in/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="02CFDA04" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Lebenspartner/-in </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>= E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="7AEB8CA3" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="397F4A78" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="6358B4BC" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="5D1A73A6" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="5AD3A1F6" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="0006779A" w:rsidP="00A17039">
+          <w:p w14:paraId="03F94179" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="0006779A" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -12924,517 +12947,517 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="0C51700A" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02BF0" w:rsidTr="00090361">
+      <w:tr w:rsidR="00F02BF0" w14:paraId="71B457C2" w14:textId="77777777" w:rsidTr="00090361">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="66471C86" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="511E2947" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Kind </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>= K1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="0D227884" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="7E760CC2" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="11D46025" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="1B79340D" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="13CE8A93" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="0006779A" w:rsidP="00A17039">
+          <w:p w14:paraId="75A6F78D" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="0006779A" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -13495,517 +13518,517 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="2173C75F" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02BF0" w:rsidTr="00090361">
+      <w:tr w:rsidR="00F02BF0" w14:paraId="75D70180" w14:textId="77777777" w:rsidTr="00090361">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="2E979BEC" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="09457CB0" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Kind </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>= K2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="49CD1825" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="5C2423B9" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="717B59B4" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="242D4501" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="77BCFF84" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="0006779A" w:rsidP="00A17039">
+          <w:p w14:paraId="28A36816" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="0006779A" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -14066,517 +14089,517 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="1FDCD4A8" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02BF0" w:rsidTr="00090361">
+      <w:tr w:rsidR="00F02BF0" w14:paraId="6B41203C" w14:textId="77777777" w:rsidTr="00090361">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="54618ED9" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="3DB204B5" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Kind </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>= K3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="716B607A" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="3F612886" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="0D5C6E6E" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="2E052BF5" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="1774201C" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="0006779A" w:rsidP="00A17039">
+          <w:p w14:paraId="5D009E4C" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="0006779A" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -14637,517 +14660,517 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="7BC5B86D" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02BF0" w:rsidTr="00090361">
+      <w:tr w:rsidR="00F02BF0" w14:paraId="1E573B8F" w14:textId="77777777" w:rsidTr="00090361">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="3C7E9AB4" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="6001BD6F" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Kind </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>= K4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="3DCD478E" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="073EF293" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="14EC98AB" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="53A9927D" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="2B65B25C" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="0006779A" w:rsidP="00A17039">
+          <w:p w14:paraId="77782AF1" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="0006779A" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -15208,303 +15231,303 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="5814503E" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17039">
+      <w:tr w:rsidR="00A17039" w14:paraId="500EFCE2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="1394990B" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="46C00866" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Haben Sie Anspruch auf eine anderweitige Kostenerstattung?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17039">
+      <w:tr w:rsidR="00A17039" w14:paraId="79A104A6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="6A083D0C" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="591AD21F" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Haben Sie oder ein berücksichtigungsfähiger Angehöriger einen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Anspruch auf Heilfürsorge, Krankenhilfe oder Kostenerstattung </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(z. B. nach Beamtenrecht oder Soldatenrecht, Bundesversorgungsgesetz, Lastenausgleichsgesetz, Bundesentschädigungsgesetz, Entwicklungshelfergesetz oder aufgrund dienst- und arbeitsvertraglicher Regelungen)?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="74FBC427" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="005373EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -15515,57 +15538,57 @@
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="005373EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   Ja (Bitte Nachweis oder Bescheid beifügen!)                    Person:</w:t>
             </w:r>
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -15638,198 +15661,198 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00073829">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00073829">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17039">
+      <w:tr w:rsidR="00A17039" w14:paraId="26495189" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="313C5781" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="72F5CBCC" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="5A984C71" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ich versichere nach bestem Wissen die Vollständigkeit und Richtigkeit meiner Angaben und erkläre hiermit, dass ich zu den geltend gemachten Aufwendungen bei keiner anderen Stelle einen Beihilfeantrag gestellt habe oder stellen werde. Mir ist die Tatsache bekannt, dass die Berücksichtigungsfähigkeit der Kinder im Familienzuschlag Einfluss auf die Höhe der Beihilfe für mich als auch für den Beihilfeanspruch für ein Kind haben kann (Wegfall der Beihilfeberechtigung). Auch Änderungen, die der für die Anordnung der Bezüge zuständigen Stelle mitgeteilt worden sind, müssen deshalb unbedingt auf jedem Antrag vermerkt werden. Mir ist bekannt, dass ich nachträgliche Kostenerstattungen, Preisermäßigungen oder -nachlässe sowie Leistungen Dritter sofort der Festsetzungsstelle anzuzeigen habe und dass dies eine Neufestsetzung der Beihilfe zur Folge haben kann. Soweit sich danach eine niedrigere Beihilfe ergibt, verpflichte ich mich, den zu viel erhaltenen Betrag in einer Summe zurückzuzahlen. Dies gilt auch für den Fall, dass die Angaben über die Höhe der Einkünfte des Ehegatten/Lebenspartners unzutreffend sind oder durch eine spätere Festsetzung durch das Finanzamt unzutreffend werden.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="1FB9644B" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ich bin damit einverstanden, dass die Beihilfestelle der Stadt Ingolstadt bei gebührenrechtlichen und medizinischen Fragen einen Beratungsarzt hinzuziehen kann (ggf. streichen).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17039">
+      <w:tr w:rsidR="00A17039" w14:paraId="28B52147" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="65C9C8C3" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="0927D26F" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ort, Datum, Unterschrift der/des Beihilfeberechtigten</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00400682" w:rsidP="00A17039">
+          <w:p w14:paraId="57C0ADE3" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00400682" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -15879,100 +15902,100 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="15DBB4D6" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17039">
+      <w:tr w:rsidR="00A17039" w14:paraId="0437504F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="47CA68B9" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="3B20696F" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Bei Vertretung: Unterschrift </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>der Vertreterin / des Vertreters                                                           Vollmacht:</w:t>
             </w:r>
@@ -15987,291 +16010,291 @@
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="005373EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  liegt vor           </w:t>
             </w:r>
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="18"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C707C0">
-[...5 lines deleted...]
-            <w:r w:rsidR="00C707C0">
+            <w:r w:rsidR="005373EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005373EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  liegt bei</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="65799433" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17039">
+      <w:tr w:rsidR="00A17039" w14:paraId="18073D27" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="591089C4" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="6A81FE57" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A17039">
+      <w:tr w:rsidR="00A17039" w14:paraId="4B0E8027" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="68C1CA12" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
+          <w:p w14:paraId="6D720AA0" w14:textId="77777777" w:rsidR="00A17039" w:rsidRDefault="00A17039" w:rsidP="00A17039">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C0B88" w:rsidRPr="00FE6F5F" w:rsidRDefault="001C0B88" w:rsidP="00AE06AC">
+    <w:p w14:paraId="065744E5" w14:textId="77777777" w:rsidR="001C0B88" w:rsidRPr="00FE6F5F" w:rsidRDefault="001C0B88" w:rsidP="00AE06AC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="279" w:tblpY="375"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6304"/>
         <w:gridCol w:w="4181"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C0B88" w:rsidTr="001C0B88">
+      <w:tr w:rsidR="001C0B88" w14:paraId="08D49548" w14:textId="77777777" w:rsidTr="001C0B88">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6304" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C0B88" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
+          <w:p w14:paraId="5CFAA7CF" w14:textId="77777777" w:rsidR="001C0B88" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Antragsteller/-in</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="00073829" w:rsidP="001C0B88">
+          <w:p w14:paraId="170486E5" w14:textId="77777777" w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="00073829" w:rsidP="001C0B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="50"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -16325,68 +16348,68 @@
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4181" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
+          <w:p w14:paraId="23B7B8BD" w14:textId="77777777" w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Antrag vom </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="0015007F" w:rsidP="001C0B88">
+          <w:p w14:paraId="5A36F151" w14:textId="77777777" w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="0015007F" w:rsidP="001C0B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -16440,429 +16463,429 @@
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C0B88" w:rsidTr="001C0B88">
+      <w:tr w:rsidR="001C0B88" w14:paraId="597089A1" w14:textId="77777777" w:rsidTr="001C0B88">
         <w:trPr>
           <w:trHeight w:val="1377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
+          <w:p w14:paraId="5E6FB15D" w14:textId="77777777" w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Beachten Sie bitte folgende Hinweise:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
+          <w:p w14:paraId="7DF41E30" w14:textId="77777777" w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="60"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Antrag sollte aus abrechnungstechnischen Gründen maximal 15 Belege enthalten. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
+          <w:p w14:paraId="19371CBD" w14:textId="77777777" w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="60"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Einträge und Belege bitte nach </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Personen </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>geordnet eintragen:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
+          <w:p w14:paraId="72563787" w14:textId="77777777" w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                A= Antragsteller/-in     E= Ehegatte     L=Lebenspartner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/-in</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> nach dem Lebenspartnerschaftsgesetz     K=Kind </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
+          <w:p w14:paraId="709D3113" w14:textId="77777777" w:rsidR="001C0B88" w:rsidRPr="007808A0" w:rsidRDefault="001C0B88" w:rsidP="001C0B88">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ihre Daten werden auf Grundlage von Art. 5 Abs. 1 Europ. Datenschutzgrundverordnung i. V. m. Art. 4 Abs. 1 Bayer. Datenschutzgesetz nach geltendem Beihilferecht erhoben und sind für die Festsetzung der Beihilfe erforderlich</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. Nähere Informationen zu Ihren Rechten im Rahmen der Erhebung von personenbezogenen Daten finden Sie unter </w:t>
             </w:r>
             <w:r w:rsidR="00F35F87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ingolstadt.de.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00CB120F" w:rsidP="00AE06AC">
+    <w:p w14:paraId="4D5CDCB3" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00CB120F" w:rsidP="00AE06AC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00AE06AC" w:rsidRPr="007808A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Zusammenstellung der Aufwendungen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE06AC" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+    <w:p w14:paraId="7E8B987D" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10489" w:type="dxa"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="529"/>
         <w:gridCol w:w="1253"/>
         <w:gridCol w:w="2527"/>
         <w:gridCol w:w="2781"/>
         <w:gridCol w:w="3399"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE06AC" w:rsidTr="00937325">
+      <w:tr w:rsidR="00AE06AC" w14:paraId="66386C85" w14:textId="77777777" w:rsidTr="00937325">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00B364B5">
+          <w:p w14:paraId="4C65EEF7" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00B364B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00B364B5">
+          <w:p w14:paraId="7D8D67CC" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00B364B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A, E, L, K</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00B364B5">
+          <w:p w14:paraId="34D3F6CB" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00B364B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rechnungsdatum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00B364B5">
+          <w:p w14:paraId="42AFA2FC" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00B364B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Betrag in Euro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00B364B5">
+          <w:p w14:paraId="670C8432" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00B364B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Erstattung gesetzl. Kasse / Zusatzkasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="005373EC">
+      <w:tr w:rsidR="00090361" w14:paraId="0615E132" w14:textId="77777777" w:rsidTr="005373EC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="1DA81BE9" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00457829" w:rsidP="00090361">
+          <w:p w14:paraId="55437B35" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00457829" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -16912,66 +16935,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="18DA779F" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00457829" w:rsidP="00090361">
+          <w:p w14:paraId="102BE0A9" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00457829" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -17029,76 +17052,76 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00580E5D" w:rsidP="00090361">
+          <w:p w14:paraId="7E567B52" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00580E5D" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text96"/>
+            <w:bookmarkStart w:id="15" w:name="Text96"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
@@ -17122,59 +17145,59 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="56C60760" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -17225,83 +17248,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="6DACB245" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="106CDD2F" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="3B6E1962" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -17351,66 +17374,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="09D09F1E" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="23750590" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -17468,51 +17491,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00580E5D" w:rsidP="00090361">
+          <w:p w14:paraId="5B63199C" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00580E5D" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -17567,51 +17590,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="03DA6DA3" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -17662,83 +17685,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="0785D557" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="153FF9C7" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="525E12BF" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -17788,66 +17811,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="7E01FFDA" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="2DC13F90" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -17905,51 +17928,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="006660EA" w:rsidP="00090361">
+          <w:p w14:paraId="69B04A68" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="006660EA" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -18004,51 +18027,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="2B23627B" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -18099,83 +18122,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="670C39EE" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="3456171D" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="65C18953" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -18225,66 +18248,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="4CBE3488" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="37F21727" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -18342,51 +18365,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="006660EA" w:rsidP="00090361">
+          <w:p w14:paraId="5D6F1386" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="006660EA" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -18441,51 +18464,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="094CEC27" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -18536,83 +18559,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="2F595C04" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="5B174E47" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="2822EC6F" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -18662,66 +18685,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="5ED534B7" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="34543AE1" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -18779,51 +18802,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="1E63A0E2" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -18878,51 +18901,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="6F1FBB17" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -18973,83 +18996,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="486D12FB" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="122BC645" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="3461FD1D" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -19099,66 +19122,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="2E381648" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="38BB8C57" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -19216,51 +19239,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="0E03CAB0" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -19315,51 +19338,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="428376B0" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -19410,83 +19433,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="73CE65A7" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="1B7E073F" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="4CE8AA1E" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -19536,66 +19559,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="14D31D83" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="021FF18D" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -19653,51 +19676,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="1E82623A" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -19752,51 +19775,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="0AFF00CD" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -19847,83 +19870,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="6156CD9D" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="501EA5D0" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="42CBF700" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -19973,66 +19996,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="25CF9E0F" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="28EF5DDF" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -20090,51 +20113,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="01F1053D" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -20189,51 +20212,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="1662A4BE" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -20284,83 +20307,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="450F1CF1" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="5A1AE08B" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="54250C89" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -20410,66 +20433,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="2C5ECE05" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="4C125F05" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -20527,51 +20550,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="77D42E69" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -20626,51 +20649,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="22056C0E" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -20721,83 +20744,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="471BC38B" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="6FD62ACE" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="06351833" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -20847,66 +20870,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="3DEE1DA4" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="72F3F07F" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -20964,51 +20987,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="135E22C3" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -21063,51 +21086,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="1D68589A" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -21158,83 +21181,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="3E342FD1" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="0F297CCC" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="45A554A8" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -21284,66 +21307,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="72AD93DC" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="080E4F2B" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -21401,51 +21424,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="27FFDBFF" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -21500,51 +21523,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="1DA78208" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -21595,83 +21618,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="5DBF612D" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="731B46A1" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="7871894B" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -21721,66 +21744,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="36ACF75C" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="249A5AAB" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -21838,51 +21861,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="50950838" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -21937,51 +21960,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="00692BBB" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -22032,83 +22055,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="3749EB01" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="11FFD6B1" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="1EDBEFE9" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -22158,66 +22181,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="768F8C8B" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="7C0F9499" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -22275,51 +22298,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="7CC4A531" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -22374,51 +22397,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="1F02537F" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -22469,83 +22492,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="7A49DEAB" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="29C96439" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="2E16B6E6" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -22595,66 +22618,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="38736761" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="3E51B534" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -22712,51 +22735,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="5FA151DF" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -22811,51 +22834,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="4ACECAE0" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -22906,83 +22929,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00ED266E">
+      <w:tr w:rsidR="00090361" w14:paraId="331D7947" w14:textId="77777777" w:rsidTr="00ED266E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="7EF04A84" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="6367A8A8" w14:textId="77777777" w:rsidR="00090361" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Straße und Hausnummer"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -23032,66 +23055,66 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="1ABE14DE" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="09334857" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:helpText w:type="text" w:val="Das Datum ist insgesamt 10-stellig. Es kann auch 8-stellig vorgegeben werden. Programm setzt auf 10 Stellen um.&#10;Beispiele für einen korrekten Eintrag:&#10;11.05.1959 oder&#10;11.05.59 oder&#10;11,05,59"/>
                   <w:statusText w:type="text" w:val="Geburtsdatum"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="dd.MM.yyyy"/>
                   </w:textInput>
                 </w:ffData>
@@ -23149,51 +23172,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="0F6AF438" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -23248,51 +23271,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="1527CE2E" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="#.##0,00 €;(#.##0,00 €)"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -23343,84 +23366,84 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00090361" w:rsidTr="00090361">
+      <w:tr w:rsidR="00090361" w14:paraId="65AD167F" w14:textId="77777777" w:rsidTr="00090361">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4309" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
+          <w:p w14:paraId="0CC265F9" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00090361" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gesamtbetrag:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00580E5D" w:rsidP="00090361">
+          <w:p w14:paraId="18CEB862" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00580E5D" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Gesamtbetrag"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="calculated"/>
                     <w:default w:val="=SUMME(Über)"/>
                     <w:format w:val="#.##0,00"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -23479,51 +23502,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0084456B">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00FB72BC" w:rsidP="00090361">
+          <w:p w14:paraId="4D84408C" w14:textId="77777777" w:rsidR="00090361" w:rsidRPr="007808A0" w:rsidRDefault="00FB72BC" w:rsidP="00090361">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Gesamtbetrag"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="calculated"/>
                     <w:default w:val="=SUMME(Über)"/>
                     <w:format w:val="#.##0,00"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -23579,96 +23602,96 @@
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0084456B">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000080"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AE06AC" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+    <w:p w14:paraId="3C44E599" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10489" w:type="dxa"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10489"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidTr="00937325">
+      <w:tr w:rsidR="00AE06AC" w:rsidRPr="007808A0" w14:paraId="11AB5DD0" w14:textId="77777777" w:rsidTr="00937325">
         <w:trPr>
           <w:trHeight w:val="3997"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10489" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00B364B5">
+          <w:p w14:paraId="3A28E1CB" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00B364B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Weitere Hinweise:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+          <w:p w14:paraId="4D6AFFF6" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Beihilfeunterlagen werden gemäß Art. 110 Abs. 2 Bayer. Beamtengesetz grundsätzlich nicht zurückgegeben</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -23689,90 +23712,90 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> ein. Schicken Sie uns bitte </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>keine Originalbelege</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> mehr, da alle Anträge, Mitteilungen und Belege unmittelbar nach dem Eingang in der Beihilfestelle elektronisch erfasst und anschließend datenschutzgerecht vernichtet werden. Bitte kopieren Sie nicht mehrere Belege (z. B. Rezepte) auf ein Blatt. Bitte beachten Sie, dass Informationen auf Belegrückseiten auch kopiert werden müssen. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+          <w:p w14:paraId="1CEA6AB1" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Behalten Sie </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>eine Ausfertigung der Belege</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> für Ihre privaten Unterlagen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+          <w:p w14:paraId="680BD879" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bitte geben Sie bei Anträgen und weiteren Schreiben immer Ihre </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -23784,170 +23807,170 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> an. Bitte füllen Sie die Anträge möglichst </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>am Computer oder mit Schreibmaschine aus</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>. Handschriften sind nur schwer elektronisch lesbar und verlängern die Bearbeitungszeit durch die erforderlichen Nachbearbeitungen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+          <w:p w14:paraId="297C816F" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bitte verwenden Sie bei Anträgen </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ausschließlich die </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>aktuellen Vordrucke</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>. Sie können sie unter</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+          <w:p w14:paraId="287E533F" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.ingolstadt.de/beihilfeleistungen</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> herunterladen bzw. bei der Beihilfestelle anfordern.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+          <w:p w14:paraId="114C5C26" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Die gesamte in der Beihilfestelle der Stadt Ingolstadt eingehende Post wird nach dem Scannen datenschutzgerecht vernichtet. Sie bekommen die Belege und sonstigen Nachweise künftig also </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>nicht mehr zurück</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+          <w:p w14:paraId="3977E37D" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bitte </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -23959,152 +23982,152 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sie Ihre eingereichten Unterlagen </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>nicht</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> zusammen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+          <w:p w14:paraId="475F0967" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Verwenden Sie </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>keine Post-It oder andere Klebezettel</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> auf den Belegen. Erstellen Sie stattdessen einen Vermerk auf einem gesonderten DIN-A-4-Blatt.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+          <w:p w14:paraId="23F889D7" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Prüfen</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sie, ob alle notwendigen Belege (z. B. Verordnungen, Laborrechnungen etc.) Ihrem Antrag beiliegen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+          <w:p w14:paraId="10CCB348" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Prüfen</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sie, ob alle zur Erstattung eingereichten Belege in der Zusammenstellung des Antrags aufgelistet sind.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+          <w:p w14:paraId="18069126" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Beachten Sie, dass der Antrag an der ausgewiesenen Stelle </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -24117,204 +24140,215 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>schrieben</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> sein muss. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
+          <w:p w14:paraId="4EFB16ED" w14:textId="77777777" w:rsidR="00AE06AC" w:rsidRPr="007808A0" w:rsidRDefault="00AE06AC" w:rsidP="00AE06AC">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Senden Sie bitte </w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>keine frankierten Rückumschlage</w:t>
             </w:r>
             <w:r w:rsidRPr="007808A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> mit, da die von Ihnen eingereichten Unterlagen nicht zurückgesandt werden können.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E81FAB" w:rsidRPr="00E81FAB" w:rsidRDefault="00E81FAB" w:rsidP="00E81FAB">
+    <w:p w14:paraId="763AB4A0" w14:textId="7182DCE7" w:rsidR="00E81FAB" w:rsidRPr="00E81FAB" w:rsidRDefault="00CB692A" w:rsidP="00CB692A">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8730"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E81FAB" w:rsidRPr="00E81FAB" w:rsidSect="000B7FE1">
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
+    <w:p w14:paraId="5B513135" w14:textId="77777777" w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
+    <w:p w14:paraId="3B1CBD59" w14:textId="77777777" w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4571ADAC" w14:textId="49C6B470" w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Seite 3 von 3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -24328,65 +24362,65 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Stand: 0</w:t>
     </w:r>
     <w:r w:rsidR="002F40A0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00C707C0">
+    <w:r w:rsidR="00CB692A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="744A0EA0" w14:textId="61EC299F" w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Seite 1 von 3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -24402,65 +24436,65 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Stand: 0</w:t>
     </w:r>
     <w:r w:rsidR="002F40A0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>1/202</w:t>
     </w:r>
-    <w:r w:rsidR="00C707C0">
+    <w:r w:rsidR="00CB692A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E6A8524" w14:textId="2C4CB07A" w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Seite 2 von 3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -24484,163 +24518,163 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Stand: 0</w:t>
     </w:r>
     <w:r w:rsidR="002F40A0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00C707C0">
+    <w:r w:rsidR="00CB692A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
+    <w:p w14:paraId="6C2DAEA2" w14:textId="77777777" w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
+    <w:p w14:paraId="782759E8" w14:textId="77777777" w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="001C1DDF" w:rsidRPr="003557C9" w:rsidRDefault="001C1DDF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="366394BA" w14:textId="77777777" w:rsidR="001C1DDF" w:rsidRPr="003557C9" w:rsidRDefault="001C1DDF">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r w:rsidRPr="003557C9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t>BSG428</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="001C1DDF" w:rsidRDefault="001C1DDF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2E493014" w14:textId="48C6491B" w:rsidR="00381F36" w:rsidRDefault="001C1DDF">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r w:rsidRPr="003557C9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t>BSG428</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve"> Antragsformular gültig ab 0</w:t>
     </w:r>
     <w:r w:rsidR="002F40A0">
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:t>.0</w:t>
     </w:r>
     <w:r w:rsidR="002F40A0">
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:t>.202</w:t>
     </w:r>
-    <w:r w:rsidR="00C707C0">
-      <w:t>5</w:t>
+    <w:r w:rsidR="00381F36">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="177170E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1756C110"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25206,140 +25240,143 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="400297236">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="296686011">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1373729854">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1775898743">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1138111164">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1036467600">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="XU0uMaN93aMnu9kPMX3troQ/JaCf3ENJ5Co50J3T76V4xiIX7Hmp0ABdB/WZpUF6nRkZhT2/CCOzGJuhbaK/IQ==" w:salt="ua6F2sent+b5nUqjIAsuuw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="iOonEkuM0hQGgIjFwmpyslEcibDb9MvbRHtXpJg9Bu8FMOTn2/NuCpIDDy3cDvOMRqJGKOkS8ik2UaGmYPfPdQ==" w:salt="/TW0AlpWzOpe/mJlJTc+Bg=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="57345"/>
+    <o:shapedefaults v:ext="edit" spidmax="61441"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="os_autosavelastposition8479047" w:val="290"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00686A39"/>
     <w:rsid w:val="000026DF"/>
     <w:rsid w:val="000145F7"/>
     <w:rsid w:val="0003335C"/>
     <w:rsid w:val="00045E20"/>
     <w:rsid w:val="0006779A"/>
     <w:rsid w:val="00073829"/>
     <w:rsid w:val="0007761D"/>
     <w:rsid w:val="00090361"/>
     <w:rsid w:val="00094A32"/>
     <w:rsid w:val="000B6A9E"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000D1158"/>
     <w:rsid w:val="000E7EF1"/>
     <w:rsid w:val="00102092"/>
     <w:rsid w:val="00116036"/>
     <w:rsid w:val="0015007F"/>
+    <w:rsid w:val="00165F7B"/>
     <w:rsid w:val="0018010B"/>
     <w:rsid w:val="001A02A8"/>
+    <w:rsid w:val="001A5388"/>
     <w:rsid w:val="001B56F8"/>
     <w:rsid w:val="001C0B88"/>
     <w:rsid w:val="001C18CE"/>
     <w:rsid w:val="001C1DDF"/>
     <w:rsid w:val="001C6952"/>
     <w:rsid w:val="001E6E21"/>
     <w:rsid w:val="001F0789"/>
     <w:rsid w:val="001F189D"/>
     <w:rsid w:val="002373AC"/>
     <w:rsid w:val="0025433B"/>
     <w:rsid w:val="002719A0"/>
     <w:rsid w:val="002E30DB"/>
     <w:rsid w:val="002F40A0"/>
     <w:rsid w:val="002F7160"/>
     <w:rsid w:val="00330751"/>
     <w:rsid w:val="003557C9"/>
     <w:rsid w:val="003725BB"/>
     <w:rsid w:val="003765E3"/>
+    <w:rsid w:val="00381F36"/>
     <w:rsid w:val="003952B2"/>
     <w:rsid w:val="003A267E"/>
     <w:rsid w:val="003C4DFB"/>
     <w:rsid w:val="003F0D75"/>
     <w:rsid w:val="00400682"/>
     <w:rsid w:val="00401545"/>
     <w:rsid w:val="0045269F"/>
     <w:rsid w:val="00457829"/>
     <w:rsid w:val="00484BB5"/>
     <w:rsid w:val="004B28AF"/>
     <w:rsid w:val="004C128B"/>
     <w:rsid w:val="005373EC"/>
     <w:rsid w:val="0054639C"/>
     <w:rsid w:val="00571D77"/>
     <w:rsid w:val="00580E5D"/>
     <w:rsid w:val="00582F67"/>
     <w:rsid w:val="005A31FA"/>
     <w:rsid w:val="0060111F"/>
     <w:rsid w:val="00615B19"/>
     <w:rsid w:val="0065564A"/>
     <w:rsid w:val="00664CD2"/>
     <w:rsid w:val="006660EA"/>
     <w:rsid w:val="00686A39"/>
     <w:rsid w:val="006B16F3"/>
     <w:rsid w:val="006D44BC"/>
@@ -25357,121 +25394,121 @@
     <w:rsid w:val="008E4470"/>
     <w:rsid w:val="008F514A"/>
     <w:rsid w:val="0090419E"/>
     <w:rsid w:val="00915E60"/>
     <w:rsid w:val="00933F61"/>
     <w:rsid w:val="00937325"/>
     <w:rsid w:val="00961932"/>
     <w:rsid w:val="00962928"/>
     <w:rsid w:val="009B589C"/>
     <w:rsid w:val="00A10801"/>
     <w:rsid w:val="00A17039"/>
     <w:rsid w:val="00A4166A"/>
     <w:rsid w:val="00A44352"/>
     <w:rsid w:val="00AA6BD6"/>
     <w:rsid w:val="00AD1373"/>
     <w:rsid w:val="00AE06AC"/>
     <w:rsid w:val="00B364B5"/>
     <w:rsid w:val="00B57323"/>
     <w:rsid w:val="00B66375"/>
     <w:rsid w:val="00B75C7A"/>
     <w:rsid w:val="00B91777"/>
     <w:rsid w:val="00B974D1"/>
     <w:rsid w:val="00BB2D2A"/>
     <w:rsid w:val="00C407FF"/>
     <w:rsid w:val="00C6764C"/>
-    <w:rsid w:val="00C707C0"/>
     <w:rsid w:val="00C75E83"/>
     <w:rsid w:val="00CB120F"/>
     <w:rsid w:val="00CB4451"/>
+    <w:rsid w:val="00CB692A"/>
     <w:rsid w:val="00CD0633"/>
     <w:rsid w:val="00D02E2D"/>
     <w:rsid w:val="00D4603E"/>
     <w:rsid w:val="00D81AFE"/>
     <w:rsid w:val="00E418F6"/>
     <w:rsid w:val="00E67F75"/>
     <w:rsid w:val="00E81FAB"/>
     <w:rsid w:val="00EA362C"/>
     <w:rsid w:val="00ED266E"/>
     <w:rsid w:val="00F02BF0"/>
     <w:rsid w:val="00F2145D"/>
     <w:rsid w:val="00F35F87"/>
     <w:rsid w:val="00F53C50"/>
     <w:rsid w:val="00F62249"/>
     <w:rsid w:val="00F73B34"/>
     <w:rsid w:val="00FB72BC"/>
     <w:rsid w:val="00FD65A9"/>
     <w:rsid w:val="00FD7E5C"/>
     <w:rsid w:val="00FE6F5F"/>
     <w:rsid w:val="00FE746F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="57345"/>
+    <o:shapedefaults v:ext="edit" spidmax="61441"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="70580607"/>
+  <w14:docId w14:val="07769238"/>
   <w15:docId w15:val="{74412251-E24A-40E6-8A06-AFBCEA849787}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -25803,50 +25840,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
@@ -26152,51 +26190,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="60715132">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -26471,102 +26509,126 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D0DCFD5-1267-4E08-A701-755C37DE5892}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3822613-518C-4D69-A3FE-63997181A32F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2105</Words>
-  <Characters>13267</Characters>
+  <Words>2106</Words>
+  <Characters>13270</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>110</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15342</CharactersWithSpaces>
+  <CharactersWithSpaces>15346</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Martina Schmitt</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="OS_LastSave">
     <vt:lpwstr>7/30/2020 10:33:12 AM</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="OS_LastSaveUser">
     <vt:lpwstr>ER-SCHMITTMART</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="OS_LastDocumentSaved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MustSave">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="OS_LastOpenTime">
     <vt:lpwstr>7/30/2020 10:31:56 AM</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="OS_LastOpenUser">
     <vt:lpwstr>ER-SCHMITTMART</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SetDate">
+    <vt:lpwstr>2025-12-08T10:12:33Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SiteId">
+    <vt:lpwstr>a2acdfe0-4417-4e26-a152-967d8010c95f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ActionId">
+    <vt:lpwstr>309375de-a2ec-4ebd-9a05-81ae1d749b07</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>